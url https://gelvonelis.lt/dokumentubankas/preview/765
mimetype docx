--- v0 (2025-10-13)
+++ v1 (2025-11-03)
@@ -1,9792 +1,9757 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3EFB8678" w14:textId="72B7B383" w:rsidR="00B5554A" w:rsidRPr="00572D6A" w:rsidRDefault="00B5554A" w:rsidP="00B5554A">
+    <w:p w14:paraId="3EFB8678" w14:textId="66061DFB" w:rsidR="00B5554A" w:rsidRPr="00572D6A" w:rsidRDefault="00953EF9" w:rsidP="00B5554A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00572D6A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>VILNIAUS</w:t>
+        <w:t>LOPŠELIS – DARŽELIS „G</w:t>
       </w:r>
-      <w:r w:rsidR="00680ED8">
+      <w:r w:rsidR="00084BE2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>ELVONĖLIS</w:t>
       </w:r>
-      <w:r w:rsidR="00C934AD" w:rsidRPr="00572D6A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>LOPŠELIS-DARŽELIS</w:t>
+        <w:t xml:space="preserve">“ </w:t>
       </w:r>
-      <w:r w:rsidR="0011746E">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00572D6A">
+      <w:r w:rsidR="00B5554A" w:rsidRPr="00572D6A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">INTEGRACINIS VALGIARAŠTIS </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AA081D5" w14:textId="6BAD104F" w:rsidR="007775FE" w:rsidRPr="00572D6A" w:rsidRDefault="007775FE" w:rsidP="007775FE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00572D6A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I SAVAIT</w:t>
       </w:r>
       <w:r w:rsidR="00623799" w:rsidRPr="00572D6A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ė</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblW w:w="15475" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2965"/>
         <w:gridCol w:w="2955"/>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="3158"/>
         <w:gridCol w:w="3420"/>
       </w:tblGrid>
       <w:tr w:rsidR="00343AEE" w:rsidRPr="00572D6A" w14:paraId="200CE7FE" w14:textId="77777777" w:rsidTr="00706E16">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2965" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AA1B554" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00F001B0" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
+          <w:p w14:paraId="2AA1B554" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00EC029D" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="002060"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F001B0">
+            <w:r w:rsidRPr="00EC029D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="002060"/>
               </w:rPr>
               <w:t>PIRMADIENIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2955" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18B60F0A" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00F001B0" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
+          <w:p w14:paraId="18B60F0A" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00EC029D" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="002060"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F001B0">
+            <w:r w:rsidRPr="00EC029D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="002060"/>
               </w:rPr>
               <w:t>ANTRADIENIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B6BBCF7" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00F001B0" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
+          <w:p w14:paraId="1B6BBCF7" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00EC029D" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="002060"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F001B0">
+            <w:r w:rsidRPr="00EC029D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="002060"/>
               </w:rPr>
               <w:t>TREČIADIENIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3158" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F3D0A67" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00F001B0" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
+          <w:p w14:paraId="0F3D0A67" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00EC029D" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="002060"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F001B0">
+            <w:r w:rsidRPr="00EC029D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="002060"/>
               </w:rPr>
               <w:t>KETVIRTADIENIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33C4CD83" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00F001B0" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
+          <w:p w14:paraId="33C4CD83" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00EC029D" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="002060"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F001B0">
+            <w:r w:rsidRPr="00EC029D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="002060"/>
               </w:rPr>
               <w:t>PENKTADIENIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007775FE" w:rsidRPr="00572D6A" w14:paraId="246524A8" w14:textId="77777777" w:rsidTr="00706E16">
+      <w:tr w:rsidR="00986E0D" w:rsidRPr="00986E0D" w14:paraId="246524A8" w14:textId="77777777" w:rsidTr="00706E16">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2965" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A2CC71A" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00F001B0" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F001B0">
+          <w:p w14:paraId="2A2CC71A" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Pusryčiai:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12DF0365" w14:textId="008375D4" w:rsidR="00B04617" w:rsidRPr="000F1B94" w:rsidRDefault="006C472A" w:rsidP="008A53FA">
-[...11 lines deleted...]
-            <w:r w:rsidR="002A7117" w:rsidRPr="000F1B94">
+          <w:p w14:paraId="12DF0365" w14:textId="1B226072" w:rsidR="00B04617" w:rsidRPr="00986E0D" w:rsidRDefault="00562741" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Pieniška a</w:t>
+            </w:r>
+            <w:r w:rsidR="000F432E" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">vižinių dribsnių </w:t>
+            </w:r>
+            <w:r w:rsidR="007775FE" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">košė su </w:t>
+            </w:r>
+            <w:r w:rsidR="00B04617" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>sviestu</w:t>
+            </w:r>
+            <w:r w:rsidR="002A7117" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="008451A9" w:rsidRPr="000F1B94">
+            <w:r w:rsidR="008451A9" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>150/5g</w:t>
             </w:r>
-            <w:r w:rsidR="00D02091" w:rsidRPr="000F1B94">
+            <w:r w:rsidR="00D02091" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
-            <w:r w:rsidR="00562741" w:rsidRPr="000F1B94">
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-            <w:r w:rsidRPr="00F001B0">
+            <w:r w:rsidR="00572D6A" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>200/5g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26DD8E31" w14:textId="5F36BECD" w:rsidR="0015125C" w:rsidRPr="00986E0D" w:rsidRDefault="00A37D3C" w:rsidP="0015125C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Fermentinio sūrio lazdelės</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB1F69" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0015125C" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>20g;</w:t>
+            </w:r>
+            <w:r w:rsidR="007170B6" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49B47740" w14:textId="56AB5018" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="00FF5C1F" w:rsidP="00A9630C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
-            <w:r w:rsidR="007775FE" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="007775FE" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ezoninis vaisius</w:t>
             </w:r>
-            <w:r w:rsidR="00572D6A" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="00572D6A" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> 80g;</w:t>
             </w:r>
-            <w:r w:rsidR="004D0208" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="004D0208" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="005A7736" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="005A7736" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00B857B0" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="00B857B0" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="005A7736" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="005A7736" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>0g</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F001B0">
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
-            <w:r w:rsidR="00CC0A5F" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="00CC0A5F" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B4FA45F" w14:textId="2141652A" w:rsidR="00A9630C" w:rsidRPr="00F001B0" w:rsidRDefault="00395FB5" w:rsidP="00A9630C">
-[...10 lines deleted...]
-              <w:t>Pienas 100ml; 150ml;</w:t>
+          <w:p w14:paraId="2B4FA45F" w14:textId="51AC1D70" w:rsidR="00A9630C" w:rsidRPr="00986E0D" w:rsidRDefault="00C8593C" w:rsidP="00A9630C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Arbata</w:t>
+            </w:r>
+            <w:r w:rsidR="00D02091" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be cukraus</w:t>
+            </w:r>
+            <w:r w:rsidR="005A7736" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00670F43" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="005A7736" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>0ml</w:t>
+            </w:r>
+            <w:r w:rsidR="000F1A30" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2955" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2961AD59" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00F001B0" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F001B0">
+          <w:p w14:paraId="2961AD59" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Pusryčiai:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71172E0E" w14:textId="5A84502F" w:rsidR="004B789E" w:rsidRDefault="004B789E" w:rsidP="004B789E">
-[...19 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="181F6FF6" w14:textId="550916A6" w:rsidR="007D0879" w:rsidRPr="00986E0D" w:rsidRDefault="00D26888" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Pieniška sorų kruopų košė su sviestu</w:t>
+            </w:r>
+            <w:r w:rsidR="007D0879" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, pagardinta keptais obuoliais su cinamonu </w:t>
+            </w:r>
+            <w:r w:rsidR="00D33BCF" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>150/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="007D0879" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>/25</w:t>
+            </w:r>
+            <w:r w:rsidR="00D33BCF" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">g; </w:t>
+            </w:r>
+            <w:r w:rsidR="000F1A30" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>200/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="007D0879" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>/30</w:t>
+            </w:r>
+            <w:r w:rsidR="000F1A30" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="683F36A5" w14:textId="3B71F067" w:rsidR="00904DA5" w:rsidRPr="00672631" w:rsidRDefault="00D26888" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Trapučiai </w:t>
             </w:r>
-            <w:r>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00F001B0">
+            <w:r w:rsidRPr="00672631">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>10g; 20g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27CBC179" w14:textId="6FEDB22B" w:rsidR="00674D0C" w:rsidRPr="00986E0D" w:rsidRDefault="00FF5C1F" w:rsidP="00674D0C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Sezoninis vaisius</w:t>
             </w:r>
-            <w:r w:rsidR="005B636A" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="005B636A" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="000F1A30" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="000F1A30" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="001E4903" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="001E4903" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidR="000F1A30" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="000F1A30" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>0g;</w:t>
             </w:r>
-            <w:r w:rsidR="005B636A" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="005B636A" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59073695" w14:textId="7B719B67" w:rsidR="007775FE" w:rsidRPr="00F001B0" w:rsidRDefault="002204BF" w:rsidP="008A53FA">
-[...24 lines deleted...]
-              <w:t>200ml;</w:t>
+          <w:p w14:paraId="59073695" w14:textId="43F514D6" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="00D26888" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arbata be cukraus </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04C5D138" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00F001B0" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F001B0">
+          <w:p w14:paraId="04C5D138" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Pusryčiai:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E728A90" w14:textId="77777777" w:rsidR="006D6B44" w:rsidRPr="00F001B0" w:rsidRDefault="006D6B44" w:rsidP="006D6B44">
-[...44 lines deleted...]
-            <w:r w:rsidRPr="00F001B0">
+          <w:p w14:paraId="4595D572" w14:textId="482FDCEC" w:rsidR="00A717A9" w:rsidRPr="00986E0D" w:rsidRDefault="00A717A9" w:rsidP="00A717A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orkaitėje keptas omletas </w:t>
+            </w:r>
+            <w:r w:rsidR="00790D31" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0g; 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00586888" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="202A5F77" w14:textId="49523CB8" w:rsidR="00A717A9" w:rsidRPr="00986E0D" w:rsidRDefault="00A717A9" w:rsidP="00A717A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Viso grūdo ruginė duona</w:t>
+            </w:r>
+            <w:r w:rsidR="00790D31" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> su sviestu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 20</w:t>
+            </w:r>
+            <w:r w:rsidR="00790D31" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>/4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="149D2509" w14:textId="025BA398" w:rsidR="00A717A9" w:rsidRPr="00986E0D" w:rsidRDefault="00A37D3C" w:rsidP="00A717A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Švž</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>. pomidorai</w:t>
+            </w:r>
+            <w:r w:rsidR="00A717A9" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00790D31" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00A717A9" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0g; 50g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BA284B6" w14:textId="77777777" w:rsidR="00A717A9" w:rsidRPr="00986E0D" w:rsidRDefault="00A717A9" w:rsidP="00A717A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Jogurtas 125g;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="25DB8000" w14:textId="53E8DFB7" w:rsidR="006D6B44" w:rsidRPr="00F001B0" w:rsidRDefault="002204BF" w:rsidP="006D6B44">
-[...18 lines deleted...]
-            <w:r w:rsidR="006D6B44" w:rsidRPr="00F001B0">
+          <w:p w14:paraId="25DB8000" w14:textId="357605A9" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="00C8593C" w:rsidP="00A717A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arbata be cukraus </w:t>
+            </w:r>
+            <w:r w:rsidR="00A717A9" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>200ml;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3158" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70CA350C" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00F001B0" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F001B0">
+          <w:p w14:paraId="70CA350C" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Pusryčiai:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7190FD71" w14:textId="1ED4A03F" w:rsidR="00F167CF" w:rsidRPr="00F001B0" w:rsidRDefault="002229DA" w:rsidP="00F167CF">
-[...15 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="7190FD71" w14:textId="56C09CEB" w:rsidR="00F167CF" w:rsidRPr="00986E0D" w:rsidRDefault="00562741" w:rsidP="00F167CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Pieniška k</w:t>
+            </w:r>
+            <w:r w:rsidR="0002142F" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">vietinių kruopų košė </w:t>
+            </w:r>
+            <w:r w:rsidR="00F167CF" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>su sviestu</w:t>
+            </w:r>
+            <w:r w:rsidR="00F03E35" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir keptomis saulėgrąžomis</w:t>
+            </w:r>
+            <w:r w:rsidR="00904929" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00AE46F9" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="001E4903" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="003B7304" w:rsidRPr="004503C7">
-[...29 lines deleted...]
-            <w:r w:rsidR="005A7736" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="005A7736" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA17DE" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0/</w:t>
+            </w:r>
+            <w:r w:rsidR="00904929" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>4/4</w:t>
+            </w:r>
+            <w:r w:rsidR="005A7736" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>g</w:t>
             </w:r>
-            <w:r w:rsidR="0002142F" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="0002142F" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
-            <w:r w:rsidR="00F34EEE" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="00F34EEE" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="461055B6" w14:textId="6CF52108" w:rsidR="007775FE" w:rsidRPr="00F001B0" w:rsidRDefault="002A428C" w:rsidP="00F34EEE">
+            <w:r w:rsidR="007D0879" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>200/5/5g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="461055B6" w14:textId="4552D08B" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="002A428C" w:rsidP="00F34EEE">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F001B0">
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Sezoninis vaisius </w:t>
             </w:r>
-            <w:r w:rsidR="001E4903" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="001E4903" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>80g;</w:t>
             </w:r>
-            <w:r w:rsidR="0042350D">
+            <w:r w:rsidR="007D0879" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> 100g;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30F71931" w14:textId="3CD8D0A7" w:rsidR="002A428C" w:rsidRPr="00F001B0" w:rsidRDefault="002204BF" w:rsidP="00F34EEE">
+          <w:p w14:paraId="30F71931" w14:textId="780BA054" w:rsidR="002A428C" w:rsidRPr="00986E0D" w:rsidRDefault="00C8593C" w:rsidP="00F34EEE">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...22 lines deleted...]
-              <w:t>0ml;</w:t>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arbata be cukraus </w:t>
+            </w:r>
+            <w:r w:rsidR="001E4903" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>150ml;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="128E4213" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00F001B0" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F001B0">
+          <w:p w14:paraId="128E4213" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Pusryčiai:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76897B23" w14:textId="505AD53B" w:rsidR="007775FE" w:rsidRPr="004503C7" w:rsidRDefault="00E543BC" w:rsidP="008A53FA">
-[...54 lines deleted...]
-            <w:r w:rsidRPr="00F001B0">
+          <w:p w14:paraId="76897B23" w14:textId="00F9AB7D" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="00586888" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Tiršta g</w:t>
+            </w:r>
+            <w:r w:rsidR="00F167CF" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>rikių</w:t>
+            </w:r>
+            <w:r w:rsidR="00D02091" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007775FE" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">kruopų košė </w:t>
+            </w:r>
+            <w:r w:rsidR="00F167CF" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>su</w:t>
+            </w:r>
+            <w:r w:rsidR="00562741" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F167CF" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sviestu </w:t>
+            </w:r>
+            <w:r w:rsidR="00C46E0D" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">150/5g; </w:t>
+            </w:r>
+            <w:r w:rsidR="00904DA5" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>200/</w:t>
+            </w:r>
+            <w:r w:rsidR="00966EDD" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00904DA5" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A0D293F" w14:textId="666C26EC" w:rsidR="00B83BBA" w:rsidRPr="00986E0D" w:rsidRDefault="00B83BBA" w:rsidP="008F6427">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Trapučiai</w:t>
             </w:r>
-            <w:r w:rsidR="00C46E0D" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="00C46E0D" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> 10g;</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F001B0">
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> 20g;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23E1B722" w14:textId="100AE3DB" w:rsidR="007775FE" w:rsidRPr="00F001B0" w:rsidRDefault="0025078F" w:rsidP="008F6427">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00F001B0">
+          <w:p w14:paraId="23E1B722" w14:textId="43319147" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="0025078F" w:rsidP="008F6427">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Sezoninis vaisius 80g;</w:t>
             </w:r>
-            <w:r w:rsidR="0042350D">
-[...31 lines deleted...]
-              <w:t>200ml;</w:t>
+          </w:p>
+          <w:p w14:paraId="6E0DD9B0" w14:textId="1406BE2B" w:rsidR="0025078F" w:rsidRPr="00986E0D" w:rsidRDefault="00C8593C" w:rsidP="008F6427">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arbata be cukraus su citrina </w:t>
+            </w:r>
+            <w:r w:rsidR="0076103B" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidR="00444406" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>0/2ml;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007775FE" w:rsidRPr="00572D6A" w14:paraId="56FBE221" w14:textId="77777777" w:rsidTr="00706E16">
+      <w:tr w:rsidR="00986E0D" w:rsidRPr="00986E0D" w14:paraId="56FBE221" w14:textId="77777777" w:rsidTr="00706E16">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2965" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="573C1447" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00F001B0" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F001B0">
+          <w:p w14:paraId="573C1447" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Pietūs: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F94A57F" w14:textId="5A89DDE8" w:rsidR="00913163" w:rsidRDefault="00913163" w:rsidP="004B789E">
-[...23 lines deleted...]
-                <w:lang w:eastAsia="lt-LT"/>
+          <w:p w14:paraId="3308E296" w14:textId="7F50944E" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="00A5703A" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Pomidorinė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sriuba su ryžiais </w:t>
+            </w:r>
+            <w:r w:rsidR="00C8593C" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>(augalinis)</w:t>
+            </w:r>
+            <w:r w:rsidR="005A7736" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F001B0">
-[...70 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00572D6A" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">100g; </w:t>
+            </w:r>
+            <w:r w:rsidR="005A7736" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>150g</w:t>
+            </w:r>
+            <w:r w:rsidR="000034C5" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76E9681C" w14:textId="42563CE8" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Viso grūdo ruginė duona</w:t>
+            </w:r>
+            <w:r w:rsidR="00D02091" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...38 lines deleted...]
-            <w:r w:rsidRPr="00F001B0">
+            <w:r w:rsidR="00572D6A" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20g; </w:t>
+            </w:r>
+            <w:r w:rsidR="00674D0C" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00255425" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00674D0C" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="734BEF48" w14:textId="0480897C" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Naminis kiaulienos</w:t>
+            </w:r>
+            <w:r w:rsidR="00902305" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>kotletas</w:t>
+            </w:r>
+            <w:r w:rsidR="00042C40" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>keptas orkaitėje</w:t>
+            </w:r>
+            <w:r w:rsidR="005A7736" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D33BCF" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60g; </w:t>
+            </w:r>
+            <w:r w:rsidR="005A7736" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>80g</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="432799C3" w14:textId="548473D3" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Biri grikių košė</w:t>
+            </w:r>
+            <w:r w:rsidR="005A7736" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D33BCF" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70g; </w:t>
+            </w:r>
+            <w:r w:rsidR="006B6B3B" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="005A7736" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>0g</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="785C51EC" w14:textId="75656BCF" w:rsidR="001150E0" w:rsidRPr="00672631" w:rsidRDefault="001150E0" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Daržovių padažas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00672631">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>10g; 20g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22515FCA" w14:textId="7CBEDCD9" w:rsidR="002A428C" w:rsidRPr="00986E0D" w:rsidRDefault="00B56502" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Švž</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. kopūstų ir morkų salotos su ypač tyru alyvuogių aliejumi  </w:t>
+            </w:r>
+            <w:r w:rsidR="0098281E" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>50/5g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D6E89E0" w14:textId="75E6EF48" w:rsidR="002A428C" w:rsidRPr="00986E0D" w:rsidRDefault="00CC080C" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Švž</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>. agurkai 30g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="558F0B3A" w14:textId="6CA1B49D" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="008B6BB0" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Vanduo su citrina</w:t>
             </w:r>
-            <w:r w:rsidR="005A7736" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="005A7736" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> 200</w:t>
             </w:r>
-            <w:r w:rsidR="0098281E" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="0098281E" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>/2</w:t>
             </w:r>
-            <w:r w:rsidR="005A7736" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="005A7736" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ml</w:t>
             </w:r>
-            <w:r w:rsidR="000F1A30" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="000F1A30" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2955" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BAE8E8D" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="000F1B94" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F1B94">
+          <w:p w14:paraId="6BAE8E8D" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Pietūs: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6DC64CBD" w14:textId="46691AFF" w:rsidR="004B789E" w:rsidRPr="000F1B94" w:rsidRDefault="004B789E" w:rsidP="004B789E">
-[...71 lines deleted...]
-                <w:lang w:eastAsia="lt-LT"/>
+          <w:p w14:paraId="229FB94D" w14:textId="12C8194B" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Žirnių</w:t>
+            </w:r>
+            <w:r w:rsidR="00531844" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>sriub</w:t>
+            </w:r>
+            <w:r w:rsidR="00C8593C" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a (augalinis) </w:t>
+            </w:r>
+            <w:r w:rsidR="005A7736" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00572D6A" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>100g; 150g;</w:t>
+            </w:r>
+            <w:r w:rsidR="00C8593C" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38BBAC12" w14:textId="3B6721C7" w:rsidR="00255425" w:rsidRPr="00986E0D" w:rsidRDefault="00255425" w:rsidP="00255425">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Viso grūdo ruginė duona </w:t>
+            </w:r>
+            <w:r w:rsidR="00572D6A" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>20g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="202ED540" w14:textId="14B8FC1B" w:rsidR="00A84245" w:rsidRPr="00986E0D" w:rsidRDefault="00A84245" w:rsidP="00DE57DA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plikytų ryžių plovas su </w:t>
+            </w:r>
+            <w:r w:rsidR="00814B2F" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>kalakutiena</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 100/50g; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53017A88" w14:textId="68F68C43" w:rsidR="00AA3B16" w:rsidRPr="00986E0D" w:rsidRDefault="00A84245" w:rsidP="008B6BB0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rauginti agurkai </w:t>
+            </w:r>
+            <w:r w:rsidR="00E935A8" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="000F1B94">
-[...74 lines deleted...]
-            <w:r w:rsidRPr="000F1B94">
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0g; 70g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F8DFD2C" w14:textId="6E0734B5" w:rsidR="00A84245" w:rsidRPr="00986E0D" w:rsidRDefault="00A84245" w:rsidP="008B6BB0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Morkų lazdelės </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00672631">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>30g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F1C45BF" w14:textId="6294767E" w:rsidR="008B6BB0" w:rsidRPr="00986E0D" w:rsidRDefault="008B6BB0" w:rsidP="008B6BB0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Stalo vanduo su </w:t>
             </w:r>
-            <w:r w:rsidR="00840BB8" w:rsidRPr="000F1B94">
+            <w:r w:rsidR="00840BB8" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>apelsinais 190/15ml</w:t>
             </w:r>
-            <w:r w:rsidR="000F1A30" w:rsidRPr="000F1B94">
+            <w:r w:rsidR="000F1A30" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7AACBF6C" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="000F1B94" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
+          <w:p w14:paraId="7AACBF6C" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="503888FF" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="000F1B94" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="000F1B94">
+          <w:p w14:paraId="503888FF" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Pietūs: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57B3A0F2" w14:textId="2E98182A" w:rsidR="00913163" w:rsidRPr="000F1B94" w:rsidRDefault="00913163" w:rsidP="00913163">
-[...71 lines deleted...]
-            <w:r w:rsidR="004A61C2" w:rsidRPr="000F1B94">
+          <w:p w14:paraId="5AD3ECA3" w14:textId="37FB3D75" w:rsidR="008120F8" w:rsidRPr="00986E0D" w:rsidRDefault="00264793" w:rsidP="008120F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Baltujų</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pupelių sriuba su bulvėmis (augalinis) 100g</w:t>
+            </w:r>
+            <w:r w:rsidR="00572D6A" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 150g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F2A1BB5" w14:textId="73DB4058" w:rsidR="008120F8" w:rsidRPr="00986E0D" w:rsidRDefault="008120F8" w:rsidP="008120F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Viso grūdo ruginė duona </w:t>
+            </w:r>
+            <w:r w:rsidR="00572D6A" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>20g; 30g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AB68821" w14:textId="10B13907" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="00814B2F" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vištienos mėsos maltinukas troškintas orkaitėje </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE46F9" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>60g;</w:t>
+            </w:r>
+            <w:r w:rsidR="004A61C2" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="005A7736" w:rsidRPr="000F1B94">
+            <w:r w:rsidR="005A7736" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>80g</w:t>
             </w:r>
-            <w:r w:rsidRPr="000F1B94">
+            <w:r w:rsidR="007775FE" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A4C28DB" w14:textId="38C56525" w:rsidR="00C000D8" w:rsidRPr="004503C7" w:rsidRDefault="00F001B0" w:rsidP="00C000D8">
-[...30 lines deleted...]
-            <w:r w:rsidR="002D7FB0" w:rsidRPr="000F1B94">
+          <w:p w14:paraId="27913BD9" w14:textId="3B996DC6" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Bulvių</w:t>
+            </w:r>
+            <w:r w:rsidR="00E46665" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="000F1B94">
-[...5 lines deleted...]
-            <w:r w:rsidR="001E6ADD">
+            <w:r w:rsidR="00042C40" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>košė</w:t>
+            </w:r>
+            <w:r w:rsidR="005A7736" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004A61C2" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">su sviestu </w:t>
+            </w:r>
+            <w:r w:rsidR="00264793" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00A61BFB" w:rsidRPr="000F1B94">
-[...17 lines deleted...]
-            <w:r w:rsidR="001E6ADD">
+            <w:r w:rsidR="00AE46F9" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0/2g; </w:t>
+            </w:r>
+            <w:r w:rsidR="00264793" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="00A61BFB" w:rsidRPr="000F1B94">
-[...51 lines deleted...]
-            <w:r w:rsidRPr="000F1B94">
+            <w:r w:rsidR="000C44C7" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0/3g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09B1AFDA" w14:textId="3CA3E812" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="008B0D69" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Virtų burokėlių salotos su citrinų-aliejaus užpilu </w:t>
+            </w:r>
+            <w:r w:rsidR="008F7AF7" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00F03E35" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0/5g;</w:t>
+            </w:r>
+            <w:r w:rsidR="00264793" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 70/7g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D50D156" w14:textId="5F80EE6F" w:rsidR="00F03E35" w:rsidRPr="00986E0D" w:rsidRDefault="00F03E35" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Marinuoti agurkai 30g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15226471" w14:textId="27E5FA25" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="00427A31" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Stalo vanduo su vaisiais</w:t>
             </w:r>
-            <w:r w:rsidR="00E636CD" w:rsidRPr="000F1B94">
+            <w:r w:rsidR="00E636CD" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>/uogomis 150/</w:t>
             </w:r>
-            <w:r w:rsidR="00904DA5" w:rsidRPr="000F1B94">
+            <w:r w:rsidR="00904DA5" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
-            <w:r w:rsidR="005A7736" w:rsidRPr="000F1B94">
+            <w:r w:rsidR="005A7736" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ml</w:t>
             </w:r>
-            <w:r w:rsidR="00965348" w:rsidRPr="000F1B94">
+            <w:r w:rsidR="00965348" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3158" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6373EF42" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00F001B0" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F001B0">
+          <w:p w14:paraId="6373EF42" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Pietūs: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0BF04C55" w14:textId="5243BD01" w:rsidR="00BD1693" w:rsidRPr="000F1B94" w:rsidRDefault="00BD1693" w:rsidP="00BD1693">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="000F1B94">
+          <w:p w14:paraId="45217847" w14:textId="4CDE4021" w:rsidR="00F167CF" w:rsidRPr="00986E0D" w:rsidRDefault="00F167CF" w:rsidP="00F167CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Daržovių sriuba su brokoliais</w:t>
             </w:r>
-            <w:r w:rsidR="00DC44DD" w:rsidRPr="000F1B94">
-[...5 lines deleted...]
-            <w:r w:rsidR="006C472A" w:rsidRPr="000F1B94">
+            <w:r w:rsidR="00C8593C" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (augalinis) </w:t>
+            </w:r>
+            <w:r w:rsidR="00572D6A" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>100g; 150g;</w:t>
+            </w:r>
+            <w:r w:rsidR="006A106C" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="000F1B94">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:p>
+          <w:p w14:paraId="2B388A6A" w14:textId="6BA35F29" w:rsidR="00255425" w:rsidRPr="00986E0D" w:rsidRDefault="00255425" w:rsidP="00255425">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Viso grūdo ruginė duona </w:t>
+            </w:r>
+            <w:r w:rsidR="00572D6A" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>20g; 30g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="284F532F" w14:textId="330824C7" w:rsidR="002A428C" w:rsidRPr="00986E0D" w:rsidRDefault="00903C0D" w:rsidP="00F34EEE">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Makaronai su jautienos ir daržovių "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Bolognese</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" padažu </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE46F9" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>80/</w:t>
+            </w:r>
+            <w:r w:rsidR="00966EDD" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE46F9" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE46F9" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">g; </w:t>
+            </w:r>
+            <w:r w:rsidR="00965348" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>10/55/50</w:t>
+            </w:r>
+            <w:r w:rsidR="00965348" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>g;</w:t>
+            </w:r>
+            <w:r w:rsidR="003D5B7E" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B388A6A" w14:textId="6719DE2E" w:rsidR="00255425" w:rsidRPr="000F1B94" w:rsidRDefault="004516E5" w:rsidP="00255425">
-[...28 lines deleted...]
-          <w:p w14:paraId="284F532F" w14:textId="2F437965" w:rsidR="002A428C" w:rsidRPr="004503C7" w:rsidRDefault="00EE1CE0" w:rsidP="00F34EEE">
+          <w:p w14:paraId="25049531" w14:textId="38D90AB6" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="00F03E35" w:rsidP="00F34EEE">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-                <w:lang w:eastAsia="lt-LT"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Morkų ir obuolių salotos su citrinų-aliejaus užpilu</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE46F9" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0042350D" w:rsidRPr="0042350D">
-[...30 lines deleted...]
-                <w:lang w:eastAsia="lt-LT"/>
+            <w:r w:rsidR="008F7AF7" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE46F9" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0/</w:t>
+            </w:r>
+            <w:r w:rsidR="008F7AF7" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE46F9" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>g;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...18 lines deleted...]
-            <w:r w:rsidR="0042350D">
+            <w:r w:rsidR="00965348" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>70/</w:t>
+            </w:r>
+            <w:r w:rsidR="00966EDD" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="004503C7">
-[...18 lines deleted...]
-          <w:p w14:paraId="3BDC454E" w14:textId="765CDEDB" w:rsidR="008B6BB0" w:rsidRPr="00F001B0" w:rsidRDefault="008B6BB0" w:rsidP="00F34EEE">
+            <w:r w:rsidR="00965348" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="588891AE" w14:textId="4C8DBFB0" w:rsidR="00F03E35" w:rsidRPr="00986E0D" w:rsidRDefault="00F03E35" w:rsidP="00F34EEE">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F001B0">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Švž</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. pomidorai </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE46F9" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40g; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>50g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BDC454E" w14:textId="765CDEDB" w:rsidR="008B6BB0" w:rsidRPr="00986E0D" w:rsidRDefault="008B6BB0" w:rsidP="00F34EEE">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Stalo vanduo su </w:t>
             </w:r>
-            <w:r w:rsidR="00611A34" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="00611A34" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>citrina</w:t>
             </w:r>
-            <w:r w:rsidR="00731933" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="00731933" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> 200</w:t>
             </w:r>
-            <w:r w:rsidR="00611A34" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="00611A34" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>/2</w:t>
             </w:r>
-            <w:r w:rsidR="00731933" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="00731933" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ml</w:t>
             </w:r>
-            <w:r w:rsidR="000F1A30" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="000F1A30" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C5B8646" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00F001B0" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
+          <w:p w14:paraId="0C5B8646" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E3AE31A" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00F001B0" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F001B0">
+          <w:p w14:paraId="2E3AE31A" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Pietūs: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="242734B6" w14:textId="4F6F8096" w:rsidR="007775FE" w:rsidRPr="00F001B0" w:rsidRDefault="007D5F89" w:rsidP="008A53FA">
-[...23 lines deleted...]
-            <w:r w:rsidR="00572D6A" w:rsidRPr="00F001B0">
+          <w:p w14:paraId="242734B6" w14:textId="593B7377" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="00E42307" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agurkinė sriuba su </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>bulvemis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00B56502" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (augalinis)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00572D6A" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>100g;</w:t>
             </w:r>
-            <w:r w:rsidR="003760BE" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="003760BE" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> 150g;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3322C060" w14:textId="66CB6791" w:rsidR="00255425" w:rsidRPr="00F001B0" w:rsidRDefault="005750F7" w:rsidP="00255425">
-[...27 lines deleted...]
-            <w:r w:rsidR="00572D6A" w:rsidRPr="00F001B0">
+          <w:p w14:paraId="3322C060" w14:textId="5E62E2DA" w:rsidR="00255425" w:rsidRPr="00986E0D" w:rsidRDefault="005750F7" w:rsidP="00255425">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Skrebutis </w:t>
+            </w:r>
+            <w:r w:rsidR="00572D6A" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">15g; </w:t>
             </w:r>
-          </w:p>
-[...25 lines deleted...]
-            <w:r w:rsidRPr="00F001B0">
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>20g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1343A408" w14:textId="045012E6" w:rsidR="001E4903" w:rsidRPr="00986E0D" w:rsidRDefault="001E4903" w:rsidP="001E4903">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Orkaitėje keptas žuvies (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>lašiša+lydeka</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>) maltinis</w:t>
+            </w:r>
+            <w:r w:rsidR="00C46E0D" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 60g;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 80g; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1242BEC5" w14:textId="0BBF1046" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="000F1A30" w:rsidP="002A428C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulvių košė su sviestu </w:t>
             </w:r>
-            <w:r w:rsidR="00DE67DA" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="00966EDD" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00C46E0D" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="00C46E0D" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">0/2g; </w:t>
             </w:r>
-            <w:r w:rsidR="00DE67DA" w:rsidRPr="00F001B0">
-[...56 lines deleted...]
-            <w:r w:rsidRPr="00F001B0">
+            <w:r w:rsidR="00966EDD" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>70/3</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE42B7" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0756A5E5" w14:textId="7C83761D" w:rsidR="001E4903" w:rsidRPr="00672631" w:rsidRDefault="00966EDD" w:rsidP="002A428C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Burokėlių ir raugintų kopūstų salotos su alyvuogių aliejumi </w:t>
+            </w:r>
+            <w:r w:rsidR="00515F96" w:rsidRPr="00672631">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>80/5g; 100/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00672631">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00515F96" w:rsidRPr="00672631">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">g; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FC1558E" w14:textId="0BF40715" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Stalo vanduo su citrina</w:t>
             </w:r>
-            <w:r w:rsidR="0049457F" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="0049457F" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> 200/2 </w:t>
             </w:r>
-            <w:r w:rsidR="00731933" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="00731933" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ml</w:t>
             </w:r>
-            <w:r w:rsidR="000F1A30" w:rsidRPr="00F001B0">
+            <w:r w:rsidR="000F1A30" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007775FE" w:rsidRPr="00572D6A" w14:paraId="2E4C06EE" w14:textId="77777777" w:rsidTr="00706E16">
+      <w:tr w:rsidR="007775FE" w:rsidRPr="00986E0D" w14:paraId="2E4C06EE" w14:textId="77777777" w:rsidTr="00706E16">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2965" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="181EF903" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00F001B0" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F001B0">
+          <w:p w14:paraId="181EF903" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Vakarienė:        </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14B71B6C" w14:textId="021AC433" w:rsidR="007775FE" w:rsidRPr="004503C7" w:rsidRDefault="004C4183" w:rsidP="00A371E0">
-[...72 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="795A6855" w14:textId="515E63E4" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="00AE5450" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Apkepti varškėčiai 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D33BCF" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>0g; 120g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3202D77B" w14:textId="3805734E" w:rsidR="00AE5450" w:rsidRPr="00986E0D" w:rsidRDefault="00AE5450" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Trint</w:t>
+            </w:r>
+            <w:r w:rsidR="00F81A85" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>as bananas</w:t>
+            </w:r>
+            <w:r w:rsidR="00B51EB5" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>25g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C618CBA" w14:textId="644983C8" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="00C8593C" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arbata be cukraus </w:t>
+            </w:r>
+            <w:r w:rsidR="007A4C8F" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>200ml;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65607B2F" w14:textId="3B47ABBB" w:rsidR="001A2428" w:rsidRPr="00986E0D" w:rsidRDefault="001A2428" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4793F495" w14:textId="121AD531" w:rsidR="001A2428" w:rsidRPr="00986E0D" w:rsidRDefault="001A2428" w:rsidP="001A2428">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A718335" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="007775FE" w:rsidP="001A2428">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2955" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41629C15" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00F001B0" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F001B0">
+          <w:p w14:paraId="41629C15" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Vakarienė:        </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60FEF391" w14:textId="6A0CCA83" w:rsidR="006D6B44" w:rsidRDefault="006D6B44" w:rsidP="006D6B44">
-[...68 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3AC41202" w14:textId="0EF3A58E" w:rsidR="00E60B05" w:rsidRPr="00986E0D" w:rsidRDefault="00E60B05" w:rsidP="00F669E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Trinta - plakta varškė su jogurtu ir trintu bananu 60/30/30g; 80/40/40g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BAF11C7" w14:textId="11EE6E49" w:rsidR="00E935A8" w:rsidRPr="00986E0D" w:rsidRDefault="00E60B05" w:rsidP="00F669E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Skrebutis 30g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65A20B56" w14:textId="17EC806B" w:rsidR="00ED3BD6" w:rsidRPr="00986E0D" w:rsidRDefault="00C8593C" w:rsidP="00F669E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arbata be cukraus </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED3BD6" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>200ml;</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1499D4F6" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00F001B0" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F001B0">
+          <w:p w14:paraId="1499D4F6" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Vakarienė:        </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A866BD3" w14:textId="181EA296" w:rsidR="0048468D" w:rsidRPr="004503C7" w:rsidRDefault="008C121D" w:rsidP="008A53FA">
-[...15 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="4921DB83" w14:textId="5D5D3A6C" w:rsidR="009C0B73" w:rsidRPr="00986E0D" w:rsidRDefault="009C0B73" w:rsidP="009C0B73">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pieniška ryžių kruopų sriuba </w:t>
+            </w:r>
+            <w:r w:rsidR="00264793" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">su sviestu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00264793" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0/</w:t>
+            </w:r>
+            <w:r w:rsidR="00264793" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">g; </w:t>
+            </w:r>
+            <w:r w:rsidR="00904929" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>150/4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32EEFD8B" w14:textId="02934930" w:rsidR="009C0B73" w:rsidRPr="00986E0D" w:rsidRDefault="00264793" w:rsidP="009C0B73">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Šviežiai kepta mielinė </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>cinamoninė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bandelė</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0B73" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="003B7304" w:rsidRPr="004503C7">
-[...42 lines deleted...]
-            </w:r>
+            <w:r w:rsidR="00904929" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 50g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26F317F8" w14:textId="18E613DB" w:rsidR="00C8593C" w:rsidRPr="00986E0D" w:rsidRDefault="00C8593C" w:rsidP="009C0B73">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Arbata be cukraus 200ml;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A3D7D38" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="007775FE" w:rsidP="009C0B73">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3158" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53F9AF46" w14:textId="77777777" w:rsidR="0056195B" w:rsidRPr="00F001B0" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F001B0">
+          <w:p w14:paraId="53F9AF46" w14:textId="77777777" w:rsidR="0056195B" w:rsidRPr="00986E0D" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Vakarienė:        </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6DB8A484" w14:textId="77777777" w:rsidR="0054652A" w:rsidRPr="00F001B0" w:rsidRDefault="0054652A" w:rsidP="0054652A">
-[...38 lines deleted...]
-            <w:r w:rsidRPr="00F001B0">
+          <w:p w14:paraId="63C422C7" w14:textId="354FA1F2" w:rsidR="009C0B73" w:rsidRPr="00986E0D" w:rsidRDefault="009C0B73" w:rsidP="009C0B73">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Blynai iš kefyro ir miltų 100g; 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00966EDD" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0g;</w:t>
+            </w:r>
+            <w:r w:rsidR="006A106C" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00801D31" w:rsidRPr="00F001B0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:p>
+          <w:p w14:paraId="767717E3" w14:textId="3995E8CA" w:rsidR="009C0B73" w:rsidRPr="00986E0D" w:rsidRDefault="00E42307" w:rsidP="009C0B73">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Trint</w:t>
+            </w:r>
+            <w:r w:rsidR="0052110E" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s </w:t>
+            </w:r>
+            <w:r w:rsidR="007D0879" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>bananas</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0B73" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 25g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51DC595F" w14:textId="15EC216E" w:rsidR="009C0B73" w:rsidRPr="00986E0D" w:rsidRDefault="00E42307" w:rsidP="009C0B73">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Natūralus j</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0B73" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ogurtas 50g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D5D7FBC" w14:textId="1FED029B" w:rsidR="009C0B73" w:rsidRPr="00986E0D" w:rsidRDefault="00C8593C" w:rsidP="009C0B73">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arbata be cukraus </w:t>
+            </w:r>
+            <w:r w:rsidR="009C0B73" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>200ml;</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="42FFA0AF" w14:textId="77777777" w:rsidR="009C0B73" w:rsidRPr="00986E0D" w:rsidRDefault="009C0B73" w:rsidP="00BC5F44">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="68990D6A" w14:textId="341447BA" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="007775FE" w:rsidP="00AE46F9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52A490EB" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00F001B0" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F001B0">
+          <w:p w14:paraId="52A490EB" w14:textId="77777777" w:rsidR="007775FE" w:rsidRPr="00986E0D" w:rsidRDefault="007775FE" w:rsidP="008A53FA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Vakarienė:        </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0698B1D2" w14:textId="631C1353" w:rsidR="009E375F" w:rsidRPr="00F001B0" w:rsidRDefault="009E375F" w:rsidP="009E375F">
-[...70 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="19C68E43" w14:textId="2C6DBD55" w:rsidR="00611A34" w:rsidRPr="00672631" w:rsidRDefault="003A419B" w:rsidP="009E375F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Varškės ir bananų kukuliukai </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00672631">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>100g; 120g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A41BF7B" w14:textId="1727389C" w:rsidR="003A419B" w:rsidRPr="00672631" w:rsidRDefault="003A419B" w:rsidP="002131BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="pt-PT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00672631">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="pt-PT"/>
+              </w:rPr>
+              <w:t>Vanilinis sviesto ir grietinės padažas 20g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66999952" w14:textId="7F84F1EB" w:rsidR="002131BD" w:rsidRPr="00986E0D" w:rsidRDefault="00C8593C" w:rsidP="002131BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arbata be cukraus </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD5125" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>200ml;</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="144821F9" w14:textId="1C5E3EBD" w:rsidR="002131BD" w:rsidRPr="00986E0D" w:rsidRDefault="002131BD" w:rsidP="002131BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1273582A" w14:textId="77777777" w:rsidR="00C53ACD" w:rsidRPr="00572D6A" w:rsidRDefault="00C53ACD" w:rsidP="000105BF">
+    <w:p w14:paraId="78FEF3EB" w14:textId="77777777" w:rsidR="00EC029D" w:rsidRPr="00986E0D" w:rsidRDefault="00EC029D" w:rsidP="00C934AD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A163BE8" w14:textId="1C311B52" w:rsidR="006D6B44" w:rsidRDefault="006D6B44" w:rsidP="002207D6">
-[...71 lines deleted...]
-    <w:p w14:paraId="5D2A0B45" w14:textId="2E6A9656" w:rsidR="0011746E" w:rsidRPr="00572D6A" w:rsidRDefault="0011746E" w:rsidP="0011746E">
+    <w:p w14:paraId="26796C5C" w14:textId="77777777" w:rsidR="00EC029D" w:rsidRPr="00986E0D" w:rsidRDefault="00EC029D" w:rsidP="00C934AD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00572D6A">
+    </w:p>
+    <w:p w14:paraId="37368874" w14:textId="77777777" w:rsidR="00C8593C" w:rsidRPr="00986E0D" w:rsidRDefault="00C8593C" w:rsidP="0070604B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...41 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="4AAF2F6B" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="0035083D" w:rsidP="0035083D">
+    <w:p w14:paraId="77ABA99C" w14:textId="5CCC0B22" w:rsidR="00C934AD" w:rsidRPr="00986E0D" w:rsidRDefault="00953EF9" w:rsidP="00C934AD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00572D6A">
+      <w:r w:rsidRPr="00986E0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>LOPŠELIS – DARŽELIS „G</w:t>
+      </w:r>
+      <w:r w:rsidR="00084BE2" w:rsidRPr="00986E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ELVONĖLIS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“  </w:t>
+      </w:r>
+      <w:r w:rsidR="00C934AD" w:rsidRPr="00986E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">INTEGRACINIS VALGIARAŠTIS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AAF2F6B" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="0035083D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>II SAVAITĖ</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblW w:w="15304" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="2976"/>
         <w:gridCol w:w="3261"/>
         <w:gridCol w:w="3260"/>
         <w:gridCol w:w="3118"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0035083D" w:rsidRPr="00572D6A" w14:paraId="37E46490" w14:textId="77777777" w:rsidTr="00B77323">
+      <w:tr w:rsidR="00986E0D" w:rsidRPr="00986E0D" w14:paraId="37E46490" w14:textId="77777777" w:rsidTr="00EA71F9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DBB0346" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="003B5E36" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+          <w:p w14:paraId="3DBB0346" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-                <w:color w:val="002060"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
               </w:rPr>
               <w:t>PIRMADIENIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A796161" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="003B5E36" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+          <w:p w14:paraId="4A796161" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-                <w:color w:val="002060"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
               </w:rPr>
               <w:t>ANTRADIENIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D99B4FC" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="003B5E36" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+          <w:p w14:paraId="2D99B4FC" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-                <w:color w:val="002060"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
               </w:rPr>
               <w:t>TREČIADIENIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CC0ECDA" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="003B5E36" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+          <w:p w14:paraId="7CC0ECDA" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="002060"/>
-[...6 lines deleted...]
-                <w:color w:val="002060"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
               </w:rPr>
               <w:t>KETVIRTADIENIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="104B6813" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+          <w:p w14:paraId="104B6813" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="002060"/>
-[...10 lines deleted...]
-                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
               </w:rPr>
               <w:t>PENKTADIENIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0035083D" w:rsidRPr="00572D6A" w14:paraId="4A4BBE83" w14:textId="77777777" w:rsidTr="00B77323">
+      <w:tr w:rsidR="00986E0D" w:rsidRPr="00986E0D" w14:paraId="4A4BBE83" w14:textId="77777777" w:rsidTr="00EA71F9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FF2C2FA" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="003B5E36" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003B5E36">
+          <w:p w14:paraId="4FF2C2FA" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Pusryčiai:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71B5F437" w14:textId="362E7973" w:rsidR="006C2485" w:rsidRDefault="006C2485" w:rsidP="006C2485">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="003B5E36">
+          <w:p w14:paraId="71B5F437" w14:textId="738368DC" w:rsidR="006C2485" w:rsidRPr="00986E0D" w:rsidRDefault="006C2485" w:rsidP="006C2485">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
-            <w:r w:rsidR="00562741" w:rsidRPr="003B5E36">
+            <w:r w:rsidR="00562741" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ieniška p</w:t>
             </w:r>
-            <w:r w:rsidRPr="003B5E36">
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>enkių grūdų košė su sviestu</w:t>
             </w:r>
-            <w:r w:rsidR="003A11B2" w:rsidRPr="003B5E36">
+            <w:r w:rsidR="003A11B2" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> 150/5g;</w:t>
             </w:r>
-            <w:r w:rsidRPr="003B5E36">
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> 200/7g;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2FF60E97" w14:textId="51EF4C18" w:rsidR="00434A97" w:rsidRPr="00D2481F" w:rsidRDefault="00D2481F" w:rsidP="006C2485">
-            <w:pPr>
+          <w:p w14:paraId="1F3E44AA" w14:textId="7705431D" w:rsidR="002931C0" w:rsidRPr="00986E0D" w:rsidRDefault="00F81A85" w:rsidP="002931C0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Trapučiai </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="003B5E36">
+              <w:t>10g</w:t>
+            </w:r>
+            <w:r w:rsidR="002931C0" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 20g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C8DBAC5" w14:textId="7BEC4562" w:rsidR="00B47A6F" w:rsidRPr="00986E0D" w:rsidRDefault="00B47A6F" w:rsidP="00B47A6F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Sezoninis vaisius </w:t>
             </w:r>
-            <w:r w:rsidR="00D2481F">
+            <w:r w:rsidR="00B970DE" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidR="003A11B2" w:rsidRPr="003B5E36">
+            <w:r w:rsidR="003A11B2" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">0g; </w:t>
             </w:r>
-            <w:r w:rsidRPr="003B5E36">
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="001C3DED" w:rsidRPr="003B5E36">
+            <w:r w:rsidR="001C3DED" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="003B5E36">
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">0g; </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21953715" w14:textId="4E8E5323" w:rsidR="0035083D" w:rsidRPr="003B5E36" w:rsidRDefault="002204BF" w:rsidP="00B47A6F">
-[...33 lines deleted...]
-            <w:r w:rsidR="00B47A6F" w:rsidRPr="003B5E36">
+          <w:p w14:paraId="21953715" w14:textId="3E764BC7" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="00C8593C" w:rsidP="00B47A6F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arbata be cukraus su </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD5125" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>citrina 150/2ml;</w:t>
+            </w:r>
+            <w:r w:rsidR="00B47A6F" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="746EEFC0" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="003B5E36" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003B5E36">
+          <w:p w14:paraId="746EEFC0" w14:textId="5EEB7A3C" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Pusryčiai:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="356397BA" w14:textId="17E2F901" w:rsidR="00260C80" w:rsidRPr="004503C7" w:rsidRDefault="003B7304" w:rsidP="001B436B">
-[...76 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="5B1D0D27" w14:textId="5E823138" w:rsidR="001B49C4" w:rsidRPr="00986E0D" w:rsidRDefault="003E6AF8" w:rsidP="001B49C4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biri grikių kruopų košė paskaninta alyvuogių aliejumi (augalinis) 100/3g; 150/5g;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="048E84DC" w14:textId="4EE2DB9E" w:rsidR="001B49C4" w:rsidRPr="00986E0D" w:rsidRDefault="001B49C4" w:rsidP="001B49C4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fermentinio sūrio lazdelės 30g; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42957FF0" w14:textId="31C76C75" w:rsidR="003E6AF8" w:rsidRPr="00986E0D" w:rsidRDefault="003E6AF8" w:rsidP="001B49C4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sezoninis vaisius 100g; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C09BFBA" w14:textId="21242E03" w:rsidR="001B49C4" w:rsidRPr="00986E0D" w:rsidRDefault="00C8593C" w:rsidP="001B49C4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arbata be cukraus </w:t>
+            </w:r>
+            <w:r w:rsidR="001B49C4" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>200ml;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FC6E6AD" w14:textId="4D2C3322" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C8C7F3F" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="003B5E36" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003B5E36">
+          <w:p w14:paraId="3C8C7F3F" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Pusryčiai:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05F1812E" w14:textId="396F3BAC" w:rsidR="006738FE" w:rsidRPr="003B5E36" w:rsidRDefault="006738FE" w:rsidP="006738FE">
-[...23 lines deleted...]
-            <w:r w:rsidR="00EA71F9" w:rsidRPr="003B5E36">
+          <w:p w14:paraId="05F1812E" w14:textId="0EF792A5" w:rsidR="006738FE" w:rsidRPr="00986E0D" w:rsidRDefault="00D13DA5" w:rsidP="006738FE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pieniška tiršta manų kruopų košė paskaninta sviestu ir cinamonu </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA71F9" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">150/5g; </w:t>
             </w:r>
-            <w:r w:rsidRPr="003B5E36">
-[...58 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="006738FE" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>200/7g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4616CCD4" w14:textId="2328B238" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Sezoninis vaisius 100g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B282BEC" w14:textId="7401C945" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="00C8593C" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arbata be cukraus </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD5125" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>200ml;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F29BA1A" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="003B5E36" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003B5E36">
+          <w:p w14:paraId="3F29BA1A" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Pusryčiai:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5589531D" w14:textId="77777777" w:rsidR="006958A4" w:rsidRPr="003B5E36" w:rsidRDefault="006958A4" w:rsidP="006958A4">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="003B5E36">
+          <w:p w14:paraId="3ED54838" w14:textId="40FE561B" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Virtas kiaušinis 1vnt;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1046751A" w14:textId="24534BC5" w:rsidR="006958A4" w:rsidRPr="003B5E36" w:rsidRDefault="006958A4" w:rsidP="006958A4">
-[...24 lines deleted...]
-            <w:r w:rsidR="003B5E36" w:rsidRPr="000F1B94">
+          <w:p w14:paraId="783A0FDD" w14:textId="7D8DE9BB" w:rsidR="0025705F" w:rsidRPr="00986E0D" w:rsidRDefault="001E1B38" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Švž</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>. pomidorai</w:t>
+            </w:r>
+            <w:r w:rsidR="0025705F" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...31 lines deleted...]
-            <w:r w:rsidRPr="003B5E36">
+            <w:r w:rsidRPr="00672631">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="0025705F" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>0g;</w:t>
             </w:r>
-          </w:p>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="003B5E36">
+            <w:r w:rsidR="00791BE6" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 50g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17405ED8" w14:textId="5B7EBF95" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Viso grūdo</w:t>
+            </w:r>
+            <w:r w:rsidR="00791BE6" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> šviesios</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> duonos sumuštinis su sviestu ir fermentiniu sūriu</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA71F9" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30/</w:t>
+            </w:r>
+            <w:r w:rsidR="00791BE6" w:rsidRPr="00672631">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="pt-PT"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA71F9" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>/1</w:t>
+            </w:r>
+            <w:r w:rsidR="00791BE6" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA71F9" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">g; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 40/</w:t>
+            </w:r>
+            <w:r w:rsidR="00791BE6" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00791BE6" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B83376C" w14:textId="5FFB7BEE" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Sezoninis vaisius</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF2DE9" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="003E4C6D">
-[...10 lines deleted...]
-            </w:r>
+            <w:r w:rsidR="00EA71F9" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80g; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>150g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13F1F17F" w14:textId="46A0DC50" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="00C8593C" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arbata be cukraus </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD5125" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>200ml;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43CA3EA6" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40D231E8" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="40D231E8" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
               </w:rPr>
               <w:t>Pusryčiai:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5AD175AF" w14:textId="635D06F3" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="003E4C6D" w:rsidP="001B436B">
-[...51 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="5AD175AF" w14:textId="3FC7A916" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="00562741" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Pieniška r</w:t>
+            </w:r>
+            <w:r w:rsidR="00E41126" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">yžių </w:t>
+            </w:r>
+            <w:r w:rsidR="0035083D" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">kruopų košė </w:t>
+            </w:r>
+            <w:r w:rsidR="009D744D" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>su</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D744D" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>sviestu</w:t>
+            </w:r>
+            <w:r w:rsidR="0035083D" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00121B21" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">150/5g; </w:t>
+            </w:r>
+            <w:r w:rsidR="0035083D" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>200/</w:t>
             </w:r>
-            <w:r>
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00874247" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="0035083D" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>g;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F645937" w14:textId="1C5DB479" w:rsidR="00744ED3" w:rsidRDefault="00AB19D7" w:rsidP="00744ED3">
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="0440DDCD" w14:textId="54C6C88D" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Sezoninis vaisius </w:t>
             </w:r>
-            <w:r w:rsidR="00A8445B">
-[...56 lines deleted...]
-              <w:t>ml;</w:t>
+            <w:r w:rsidR="00CD3497" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>80g;</w:t>
+            </w:r>
+            <w:r w:rsidR="00874247" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 100g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="095CDB0A" w14:textId="11C094C0" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="00C8593C" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arbata be cukraus su </w:t>
+            </w:r>
+            <w:r w:rsidR="00387CBB" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>citrina 150/2ml;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0035083D" w:rsidRPr="00572D6A" w14:paraId="2F76E84B" w14:textId="77777777" w:rsidTr="00B77323">
+      <w:tr w:rsidR="00986E0D" w:rsidRPr="00986E0D" w14:paraId="2F76E84B" w14:textId="77777777" w:rsidTr="00EA71F9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56D8840D" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="003B5E36" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003B5E36">
+          <w:p w14:paraId="56D8840D" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Pietūs: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3846F7CB" w14:textId="3EE83C71" w:rsidR="00BD1693" w:rsidRPr="003B5E36" w:rsidRDefault="00006AE0" w:rsidP="003D3A00">
-[...15 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="097D276B" w14:textId="4A0102E0" w:rsidR="00633C58" w:rsidRPr="00986E0D" w:rsidRDefault="003D5B7E" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Šviežių kopūstų sriuba </w:t>
+            </w:r>
+            <w:r w:rsidR="00B56502" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(augalinis) </w:t>
+            </w:r>
+            <w:r w:rsidR="00572D6A" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>100g; 150g;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00BD1693" w:rsidRPr="003B5E36">
-[...27 lines deleted...]
-            <w:r w:rsidR="00572D6A" w:rsidRPr="003B5E36">
+          </w:p>
+          <w:p w14:paraId="573B01BC" w14:textId="77F820BF" w:rsidR="00255425" w:rsidRPr="00986E0D" w:rsidRDefault="00255425" w:rsidP="00255425">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Viso grūdo ruginė duona </w:t>
+            </w:r>
+            <w:r w:rsidR="00572D6A" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>20g; 30g;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="769EA9D8" w14:textId="788B9DBE" w:rsidR="0035083D" w:rsidRPr="003B5E36" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="003B5E36">
+          <w:p w14:paraId="769EA9D8" w14:textId="08850EB3" w:rsidR="0035083D" w:rsidRPr="00672631" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Ryžių plovas su </w:t>
             </w:r>
-            <w:r w:rsidR="00256CCE" w:rsidRPr="003B5E36">
+            <w:r w:rsidR="00256CCE" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>k</w:t>
             </w:r>
-            <w:r w:rsidR="004D7FB1" w:rsidRPr="003B5E36">
-[...5 lines deleted...]
-            <w:r w:rsidR="009A7D33" w:rsidRPr="003B5E36">
+            <w:r w:rsidR="002931C0" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>iauliena</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="003A11B2" w:rsidRPr="003B5E36">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="003B5E36">
+            <w:r w:rsidR="003A11B2" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00B51EB5" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>00/50g;</w:t>
+            </w:r>
+            <w:r w:rsidR="00903C0D" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 120/60g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F97B5B8" w14:textId="62FF9443" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="00E41126" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Marinuoti agurkai 50g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01E7B479" w14:textId="16DB7CE6" w:rsidR="00E41126" w:rsidRPr="00986E0D" w:rsidRDefault="00E41126" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Švž</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. pomidorai 30g; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A231123" w14:textId="4F03890D" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Vanduo su citrina 200/2g</w:t>
             </w:r>
-            <w:r w:rsidR="00CD3497" w:rsidRPr="003B5E36">
+            <w:r w:rsidR="00CD3497" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E553585" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="003B5E36" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="003B5E36">
+          <w:p w14:paraId="3E553585" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65F305EE" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="003B5E36" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003B5E36">
+          <w:p w14:paraId="65F305EE" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Pietūs: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="104C012B" w14:textId="2F580527" w:rsidR="00B76BA5" w:rsidRPr="004503C7" w:rsidRDefault="003B7304" w:rsidP="00B76BA5">
-[...23 lines deleted...]
-                <w:iCs/>
+          <w:p w14:paraId="6F1C3D29" w14:textId="43F15EE7" w:rsidR="00E16531" w:rsidRPr="00986E0D" w:rsidRDefault="00903C0D" w:rsidP="00E16531">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Avinžirnių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sriuba su daržovėmis </w:t>
+            </w:r>
+            <w:r w:rsidR="00572D6A" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>100g; 150g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DBE617E" w14:textId="687B5388" w:rsidR="00255425" w:rsidRPr="00986E0D" w:rsidRDefault="00255425" w:rsidP="00255425">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Viso grūdo ruginė duona </w:t>
+            </w:r>
+            <w:r w:rsidR="00572D6A" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>20g; 30g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6865A1AA" w14:textId="4CC1BB78" w:rsidR="0057050E" w:rsidRPr="00986E0D" w:rsidRDefault="0057050E" w:rsidP="001F6A23">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Bulvių plokštainis</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB669C" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> su vištiena</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00365D11" w:rsidRPr="004503C7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="003E6AF8" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>g;</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA71F9" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C6265F" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>100g;</w:t>
             </w:r>
-            <w:r w:rsidR="008E531A" w:rsidRPr="004503C7">
+          </w:p>
+          <w:p w14:paraId="4EFBD3D5" w14:textId="686F6442" w:rsidR="005D6AA7" w:rsidRPr="00672631" w:rsidRDefault="005D6AA7" w:rsidP="001F6A23">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Grietinė 30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00672631">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>% rieb. 15g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C6A6BD0" w14:textId="1C537E07" w:rsidR="009E375F" w:rsidRPr="00986E0D" w:rsidRDefault="00947F65" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Morkų salotos su sezamo sėklomis ir aliejumi</w:t>
+            </w:r>
+            <w:r w:rsidR="00D13DA5" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00365D11" w:rsidRPr="004503C7">
-[...95 lines deleted...]
-            <w:r w:rsidRPr="003B5E36">
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidR="00D13DA5" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>/3/4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37ABA79E" w14:textId="07F450D4" w:rsidR="00947F65" w:rsidRPr="00986E0D" w:rsidRDefault="00947F65" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Švž</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>. agurkai 30g;</w:t>
+            </w:r>
+            <w:r w:rsidR="00D13DA5" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 70g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7217920E" w14:textId="6B78E3B1" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Stalo vanduo su citrina 200/2ml</w:t>
             </w:r>
-            <w:r w:rsidR="00CD3497" w:rsidRPr="003B5E36">
+            <w:r w:rsidR="00CD3497" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D4B2684" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="003B5E36" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+          <w:p w14:paraId="0D4B2684" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17114862" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="003B5E36" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003B5E36">
+          <w:p w14:paraId="17114862" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Pietūs: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07D4B622" w14:textId="5D9FC5BC" w:rsidR="008120F8" w:rsidRPr="000F1B94" w:rsidRDefault="00A8445B" w:rsidP="008120F8">
-[...23 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="07D4B622" w14:textId="5949457D" w:rsidR="008120F8" w:rsidRPr="00986E0D" w:rsidRDefault="002E4349" w:rsidP="008120F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kreminė moliūgų sriuba su skrebučiais </w:t>
+            </w:r>
+            <w:r w:rsidR="00B56502" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>(augalinis)</w:t>
+            </w:r>
+            <w:r w:rsidR="005D6AA7" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B77323" w:rsidRPr="000F1B94">
-[...5 lines deleted...]
-            <w:r w:rsidR="008120F8" w:rsidRPr="000F1B94">
+            <w:r w:rsidR="008120F8" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="002B2106" w:rsidRPr="000F1B94">
+            <w:r w:rsidR="002B2106" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidR="008120F8" w:rsidRPr="000F1B94">
+            <w:r w:rsidR="008120F8" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            <w:r w:rsidR="008120F8" w:rsidRPr="000F1B94">
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00672631">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="008120F8" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>g;</w:t>
             </w:r>
-            <w:r w:rsidR="00572D6A" w:rsidRPr="000F1B94">
-[...49 lines deleted...]
-            <w:r w:rsidR="008A4906" w:rsidRPr="000F1B94">
+            <w:r w:rsidR="00572D6A" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="008A4906" w:rsidRPr="004503C7">
-[...6 lines deleted...]
-          <w:p w14:paraId="41DD7980" w14:textId="59026181" w:rsidR="00FE2952" w:rsidRPr="003B5E36" w:rsidRDefault="00E53215" w:rsidP="00FE2952">
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>150/15g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60B199D1" w14:textId="77777777" w:rsidR="00C61715" w:rsidRPr="00986E0D" w:rsidRDefault="00C61715" w:rsidP="00C61715">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Garuose virtas kalakutienos maltinukas 60g; 80g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A788F2C" w14:textId="67E78691" w:rsidR="009E375F" w:rsidRPr="00986E0D" w:rsidRDefault="00903C0D" w:rsidP="00A2670D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE2952" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>uskuso</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00FE2952" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kruopų košė</w:t>
+            </w:r>
+            <w:r w:rsidR="00B47A6F" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> su sviestu </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA71F9" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>80/</w:t>
+            </w:r>
+            <w:r w:rsidR="002E4349" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA71F9" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">g; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41DD7980" w14:textId="3BFD5150" w:rsidR="00FE2952" w:rsidRPr="00672631" w:rsidRDefault="002E4349" w:rsidP="00FE2952">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:strike/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B5E36">
-[...42 lines deleted...]
-            <w:r w:rsidRPr="003B5E36">
+            <w:r w:rsidRPr="00672631">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Švž. daržovių traškios lazdelės </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00672631">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>(morkos, agurkai, paprika)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00672631">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF5958" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">90g; </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF5958" w:rsidRPr="00672631">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>120g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B3011D4" w14:textId="41C1C062" w:rsidR="00A2670D" w:rsidRPr="00986E0D" w:rsidRDefault="00A2670D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Stalo vanduo </w:t>
             </w:r>
-            <w:r w:rsidR="00962BB9" w:rsidRPr="003B5E36">
+            <w:r w:rsidR="00962BB9" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>su citrina</w:t>
             </w:r>
-            <w:r w:rsidRPr="003B5E36">
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> 200</w:t>
             </w:r>
-            <w:r w:rsidR="0025705F" w:rsidRPr="003B5E36">
+            <w:r w:rsidR="0025705F" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>/2</w:t>
             </w:r>
-            <w:r w:rsidRPr="003B5E36">
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>ml</w:t>
             </w:r>
-            <w:r w:rsidR="00CD3497" w:rsidRPr="003B5E36">
+            <w:r w:rsidR="00CD3497" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E28B081" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="003B5E36" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003B5E36">
+          <w:p w14:paraId="4E28B081" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Pietūs: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72E38B3A" w14:textId="72580708" w:rsidR="001E5B20" w:rsidRPr="003B5E36" w:rsidRDefault="001E5B20" w:rsidP="001E5B20">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="003B5E36">
+          <w:p w14:paraId="72E38B3A" w14:textId="5F0284C3" w:rsidR="001E5B20" w:rsidRPr="00986E0D" w:rsidRDefault="001E5B20" w:rsidP="001E5B20">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
-            <w:r w:rsidR="00746471" w:rsidRPr="003B5E36">
+            <w:r w:rsidR="00746471" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>altųjų pupelių</w:t>
             </w:r>
-            <w:r w:rsidRPr="003B5E36">
-[...17 lines deleted...]
-            <w:r w:rsidRPr="003B5E36">
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sriuba </w:t>
+            </w:r>
+            <w:r w:rsidR="00B56502" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(augalinis) </w:t>
+            </w:r>
+            <w:r w:rsidR="00572D6A" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>100g; 150g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="775D50BA" w14:textId="37F21F2A" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="00255425" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Viso grūdo ruginė duona </w:t>
+            </w:r>
+            <w:r w:rsidR="00572D6A" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>20g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51EEF4DE" w14:textId="728C254B" w:rsidR="0035083D" w:rsidRPr="00672631" w:rsidRDefault="00691A31" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="pt-PT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Garuose virtas triušienos maltinukas</w:t>
+            </w:r>
+            <w:r w:rsidR="006F510F" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00572D6A" w:rsidRPr="003B5E36">
-[...59 lines deleted...]
-                <w:lang w:eastAsia="lt-LT"/>
+            <w:r w:rsidR="002B1B66" w:rsidRPr="00672631">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="pt-PT"/>
+              </w:rPr>
+              <w:t>60g; 80g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="021E5C2D" w14:textId="7FFDB2A7" w:rsidR="00E53215" w:rsidRPr="00986E0D" w:rsidRDefault="00E53215" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biri grikių kruopų košė </w:t>
+            </w:r>
+            <w:r w:rsidR="00791BE6" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0g;</w:t>
+            </w:r>
+            <w:r w:rsidR="00791BE6" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 80g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32959139" w14:textId="5C2FACC9" w:rsidR="00360547" w:rsidRPr="00672631" w:rsidRDefault="003823E5" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Burokėlių ir raugintų kopūstų salotos su</w:t>
+            </w:r>
+            <w:r w:rsidR="00791BE6" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> alyvuogių</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> aliejumi </w:t>
+            </w:r>
+            <w:r w:rsidR="00791BE6" w:rsidRPr="00672631">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>70/5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00672631">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>g</w:t>
+            </w:r>
+            <w:r w:rsidR="00791BE6" w:rsidRPr="00672631">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="021E5C2D" w14:textId="54E666DA" w:rsidR="00E53215" w:rsidRPr="003B5E36" w:rsidRDefault="00E53215" w:rsidP="001B436B">
-[...67 lines deleted...]
-            <w:r w:rsidRPr="003B5E36">
+          <w:p w14:paraId="64186C58" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="00C27807" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Stalo vanduo su vaisiais/uogomis 150/15ml</w:t>
             </w:r>
-            <w:r w:rsidR="00CD3497" w:rsidRPr="003B5E36">
+            <w:r w:rsidR="00CD3497" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="58A43EA4" w14:textId="405ABC1A" w:rsidR="00FE1B85" w:rsidRPr="00986E0D" w:rsidRDefault="00FE1B85" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3003F451" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="3003F451" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Pietūs: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73343598" w14:textId="4E107D35" w:rsidR="00403F44" w:rsidRPr="00572D6A" w:rsidRDefault="00403F44" w:rsidP="00403F44">
-[...149 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="22C09FFE" w14:textId="1BE608FF" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="00352D63" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Raugintų</w:t>
+            </w:r>
+            <w:r w:rsidR="00260C80" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>kopūstų sriuba</w:t>
+            </w:r>
+            <w:r w:rsidR="00E53215" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00874247" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>(augalinis)</w:t>
+            </w:r>
+            <w:r w:rsidR="00E53215" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00572D6A" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>100g; 150g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="055DA345" w14:textId="29430919" w:rsidR="00255425" w:rsidRPr="00986E0D" w:rsidRDefault="00255425" w:rsidP="00255425">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Viso grūdo ruginė duona </w:t>
+            </w:r>
+            <w:r w:rsidR="00572D6A" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>20g;</w:t>
+            </w:r>
+            <w:r w:rsidR="007F5B2A" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A1156CF" w14:textId="3BF58010" w:rsidR="0062112E" w:rsidRPr="00672631" w:rsidRDefault="0062112E" w:rsidP="00C71DCC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orkaitėje keptas žuvies maltinukas (lydeka) su morkomis ir sūriu keptas orkaitėje </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00672631">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>60/15/5g; 80/20/7g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C36FE2C" w14:textId="4449B0D3" w:rsidR="00C71DCC" w:rsidRPr="00986E0D" w:rsidRDefault="00C71DCC" w:rsidP="00C71DCC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulvių košė su sviestu </w:t>
             </w:r>
-            <w:r w:rsidR="00D97274">
-[...28 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="008361B8" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00D97274" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0/</w:t>
+            </w:r>
+            <w:r w:rsidR="008361B8" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00D97274" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DEEF067" w14:textId="4A0EA74C" w:rsidR="001E2B08" w:rsidRPr="00986E0D" w:rsidRDefault="00570F84" w:rsidP="001E2B08">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Virtų burokėlių</w:t>
             </w:r>
-            <w:r w:rsidR="001E2B08" w:rsidRPr="00572D6A">
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00874247" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir</w:t>
+            </w:r>
+            <w:r w:rsidR="001E2B08" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> obuolių salotos su citrinų-aliejaus užpilu </w:t>
+            </w:r>
+            <w:r w:rsidR="00D97274" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>50/</w:t>
+            </w:r>
+            <w:r w:rsidR="00874247" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00D97274">
-[...36 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00D97274" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">g; </w:t>
+            </w:r>
+            <w:r w:rsidR="008361B8" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>60/8g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76F14DD9" w14:textId="1AFD3556" w:rsidR="00257C27" w:rsidRPr="00986E0D" w:rsidRDefault="00257C27" w:rsidP="001E2B08">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Konservuoti kukurūzai 20g;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F9D4542" w14:textId="374E325D" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="0035083D" w:rsidP="001E2B08">
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="5F9D4542" w14:textId="374E325D" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001E2B08">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Stalo vanduo su apelsinais be cukraus 190/15ml</w:t>
             </w:r>
-            <w:r w:rsidR="00CD3497" w:rsidRPr="00572D6A">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00CD3497" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0035083D" w:rsidRPr="00572D6A" w14:paraId="5680D70D" w14:textId="77777777" w:rsidTr="00B77323">
+      <w:tr w:rsidR="0035083D" w:rsidRPr="00986E0D" w14:paraId="5680D70D" w14:textId="77777777" w:rsidTr="00EA71F9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FBA4DA0" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="003B5E36" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003B5E36">
+          <w:p w14:paraId="7FBA4DA0" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Vakarienė:        </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73566721" w14:textId="125A2EC3" w:rsidR="00125188" w:rsidRPr="003B5E36" w:rsidRDefault="00514A1C" w:rsidP="00E41126">
-[...38 lines deleted...]
-            <w:r w:rsidRPr="003B5E36">
+          <w:p w14:paraId="77168CD5" w14:textId="202CCE97" w:rsidR="00265E5F" w:rsidRPr="00986E0D" w:rsidRDefault="00903C0D" w:rsidP="00E41126">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Virti makaronai su fermentiniu sūriu </w:t>
+            </w:r>
+            <w:r w:rsidR="00371320" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>150/15g</w:t>
+            </w:r>
+            <w:r w:rsidR="00125188" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidR="00B20236" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00801D31" w:rsidRPr="003B5E36">
-[...3 lines deleted...]
-              <w:t>200ml;</w:t>
+            <w:r w:rsidR="003D5B7E" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 190/19g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="482C18BD" w14:textId="0BB7446F" w:rsidR="0070604B" w:rsidRPr="00986E0D" w:rsidRDefault="0070604B" w:rsidP="00E41126">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Švž</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. agurkai </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>50g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38B012B3" w14:textId="79896689" w:rsidR="00125188" w:rsidRPr="00986E0D" w:rsidRDefault="003D5B7E" w:rsidP="00E41126">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arbata be cukraus </w:t>
+            </w:r>
+            <w:r w:rsidR="00125188" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>150ml; 200ml;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55CA27A8" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="003B5E36" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...76 lines deleted...]
-              <w:t>Arbata 200ml;</w:t>
+          <w:p w14:paraId="66A742CB" w14:textId="77777777" w:rsidR="00C80530" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vakarienė:      </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D7E4F56" w14:textId="26B19EF3" w:rsidR="001B49C4" w:rsidRPr="00986E0D" w:rsidRDefault="001B49C4" w:rsidP="001B49C4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Sklindžiai su obuoliais 1</w:t>
+            </w:r>
+            <w:r w:rsidR="003E6AF8" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>g; 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D13DA5" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E9D2417" w14:textId="15D652F7" w:rsidR="001B49C4" w:rsidRPr="00986E0D" w:rsidRDefault="00C6265F" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Natūralus jogurtas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>20g; 30g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FB3A408" w14:textId="2D71AAC4" w:rsidR="00FD5125" w:rsidRPr="00986E0D" w:rsidRDefault="00C8593C" w:rsidP="00125188">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arbata be cukraus </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD5125" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>150ml;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D631BAF" w14:textId="77777777" w:rsidR="00E42264" w:rsidRPr="003B5E36" w:rsidRDefault="0035083D" w:rsidP="00E42264">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003B5E36">
+          <w:p w14:paraId="09A8BA87" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Vakarienė:        </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69F8EB0D" w14:textId="101C28E0" w:rsidR="002207D6" w:rsidRPr="00EA6D39" w:rsidRDefault="00A8445B" w:rsidP="00E42264">
-[...54 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5A1D1D3A" w14:textId="11B457E5" w:rsidR="00125188" w:rsidRPr="00986E0D" w:rsidRDefault="00BF7751" w:rsidP="00125188">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Varškės </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>Arbata</w:t>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>virtinukai</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...18 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00262DE7">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00EA71F9" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">100g; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="002E4349" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10874D0B" w14:textId="0C4B2DB0" w:rsidR="002E4349" w:rsidRPr="00986E0D" w:rsidRDefault="002E4349" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Vanilinis sviesto ir grietinės padažas 15g;</w:t>
+            </w:r>
+            <w:r w:rsidR="00791BE6" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 20g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="389026C1" w14:textId="777CF9C7" w:rsidR="00125188" w:rsidRPr="00986E0D" w:rsidRDefault="00C8593C" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arbata be cukraus </w:t>
+            </w:r>
+            <w:r w:rsidR="007A4C8F" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>200ml;</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="0C1BA65B" w14:textId="589CAB64" w:rsidR="00325F1D" w:rsidRPr="00986E0D" w:rsidRDefault="00325F1D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BC9B997" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="003B5E36" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="003B5E36">
+          <w:p w14:paraId="1BC9B997" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Vakarienė:        </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7652C1C6" w14:textId="7C14A6D3" w:rsidR="00E42264" w:rsidRPr="003B5E36" w:rsidRDefault="0051084A" w:rsidP="00E42264">
-[...15 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="0714EED1" w14:textId="1A477C91" w:rsidR="00C27807" w:rsidRPr="00986E0D" w:rsidRDefault="00C27807" w:rsidP="00C27807">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Mieliniai blynai</w:t>
+            </w:r>
+            <w:r w:rsidR="00257C27" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00E42264" w:rsidRPr="003B5E36">
-[...70 lines deleted...]
-              <w:t xml:space="preserve"> 200ml;</w:t>
+            <w:r w:rsidR="00121B21" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80g; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">100g; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E6FF54C" w14:textId="260FD462" w:rsidR="00360547" w:rsidRPr="00672631" w:rsidRDefault="001E1B38" w:rsidP="00C27807">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="pt-PT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Natūralus jogurtas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00672631">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="pt-PT"/>
+              </w:rPr>
+              <w:t>20g; 30g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6553283C" w14:textId="13C4F6E4" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="00C27807" w:rsidP="00CD3497">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Pienas 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00791BE6" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF2BF4" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ml</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidR="00254384" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>200ml.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="423B62EA" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...13 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="423B62EA" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Vakarienė:        </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B90BEC7" w14:textId="3159484C" w:rsidR="003139AF" w:rsidRPr="00572D6A" w:rsidRDefault="009E375F" w:rsidP="009E375F">
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="596DA3A2" w14:textId="7968495C" w:rsidR="009E375F" w:rsidRPr="00986E0D" w:rsidRDefault="009E375F" w:rsidP="009E375F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Varškės apkepas</w:t>
             </w:r>
-            <w:r w:rsidR="004A0BD6" w:rsidRPr="00572D6A">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="004A0BD6" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00D97274">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00D97274" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">100g; </w:t>
             </w:r>
-            <w:r w:rsidR="004A0BD6" w:rsidRPr="00572D6A">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="004A0BD6" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00CE6FCD" w:rsidRPr="00572D6A">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00CE6FCD" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="004A0BD6" w:rsidRPr="00572D6A">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="004A0BD6" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>0g;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41E0DB2D" w14:textId="698A08FF" w:rsidR="009E375F" w:rsidRDefault="009E375F" w:rsidP="009E375F">
-[...79 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="41E0DB2D" w14:textId="4764729F" w:rsidR="009E375F" w:rsidRPr="00986E0D" w:rsidRDefault="006573B1" w:rsidP="009E375F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grietinė </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>15g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A452FBA" w14:textId="4D21C0B6" w:rsidR="009E375F" w:rsidRPr="00986E0D" w:rsidRDefault="00C8593C" w:rsidP="009E375F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arbata be cukraus </w:t>
+            </w:r>
+            <w:r w:rsidR="009E375F" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>200ml</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD3497" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A082BAF" w14:textId="3DDEED44" w:rsidR="009E375F" w:rsidRPr="00986E0D" w:rsidRDefault="009E375F" w:rsidP="00C27807">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="163D89DF" w14:textId="241B2878" w:rsidR="00532099" w:rsidRDefault="00532099" w:rsidP="002207D6">
-[...47 lines deleted...]
-    <w:p w14:paraId="30FF3261" w14:textId="77777777" w:rsidR="0011746E" w:rsidRPr="00572D6A" w:rsidRDefault="0011746E" w:rsidP="0011746E">
+    <w:p w14:paraId="741F69B7" w14:textId="77777777" w:rsidR="00C7033F" w:rsidRPr="00986E0D" w:rsidRDefault="00C7033F" w:rsidP="008F0775">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="002060"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="583FF912" w14:textId="1F978419" w:rsidR="00D223A4" w:rsidRPr="00986E0D" w:rsidRDefault="00D223A4" w:rsidP="001B3AFE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00572D6A">
+    </w:p>
+    <w:p w14:paraId="1B255CB2" w14:textId="77777777" w:rsidR="008361B8" w:rsidRPr="00986E0D" w:rsidRDefault="008361B8" w:rsidP="00903C0D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...41 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E64FB65" w14:textId="196B2F24" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="0035083D" w:rsidP="0035083D">
+    <w:p w14:paraId="0F96C9A0" w14:textId="09BCEAC0" w:rsidR="00C934AD" w:rsidRPr="00986E0D" w:rsidRDefault="00953EF9" w:rsidP="00C934AD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00572D6A">
+      <w:r w:rsidRPr="00986E0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>LOPŠELIS – DARŽELIS „G</w:t>
+      </w:r>
+      <w:r w:rsidR="00084BE2" w:rsidRPr="00986E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ELVONĖLIS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“  </w:t>
+      </w:r>
+      <w:r w:rsidR="00C934AD" w:rsidRPr="00986E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">INTEGRACINIS VALGIARAŠTIS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E64FB65" w14:textId="196B2F24" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="0035083D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986E0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>III SAVAITĖ</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblW w:w="15417" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3256"/>
         <w:gridCol w:w="2949"/>
-        <w:gridCol w:w="3004"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="2834"/>
+        <w:gridCol w:w="3289"/>
+        <w:gridCol w:w="3089"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0035083D" w:rsidRPr="00572D6A" w14:paraId="47338603" w14:textId="77777777" w:rsidTr="006958A4">
+      <w:tr w:rsidR="00986E0D" w:rsidRPr="00986E0D" w14:paraId="47338603" w14:textId="77777777" w:rsidTr="00E618EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3256" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="530D09D0" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+          <w:p w14:paraId="530D09D0" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="002060"/>
-[...8 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PIRMADIENIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2949" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="363E4C47" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+          <w:p w14:paraId="363E4C47" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="002060"/>
-[...8 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ANTRADIENIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F00FFDC" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+          <w:p w14:paraId="0F00FFDC" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="002060"/>
-[...8 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TREČIADIENIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2948" w:type="dxa"/>
+            <w:tcW w:w="3289" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34645A03" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+          <w:p w14:paraId="34645A03" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="002060"/>
-[...8 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>KETVIRTADIENIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08DDFCAF" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+          <w:p w14:paraId="08DDFCAF" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="002060"/>
-[...8 lines deleted...]
-                <w:color w:val="002060"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PENKTADIENIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0035083D" w:rsidRPr="00572D6A" w14:paraId="557830FB" w14:textId="77777777" w:rsidTr="006958A4">
+      <w:tr w:rsidR="00986E0D" w:rsidRPr="00986E0D" w14:paraId="557830FB" w14:textId="77777777" w:rsidTr="00E618EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3256" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EA90306" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00572D6A">
+          <w:p w14:paraId="1EA90306" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pusryčiai:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="54E5C02A" w14:textId="17A8E90F" w:rsidR="0035083D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...31 lines deleted...]
-            <w:r w:rsidR="003C2AEE" w:rsidRPr="007A4616">
+          <w:p w14:paraId="54E5C02A" w14:textId="405CB4B9" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="00874247" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biri grikių kruopų košė paskaninta alyvuogių aliejumi (augalinis) </w:t>
+            </w:r>
+            <w:r w:rsidR="00701B40" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>150/</w:t>
+            </w:r>
+            <w:r w:rsidR="00B970DE" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00701B40" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>g;</w:t>
+            </w:r>
+            <w:r w:rsidR="0035083D" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 200/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="0035083D" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3203DD45" w14:textId="544AAF15" w:rsidR="00CD3497" w:rsidRPr="00986E0D" w:rsidRDefault="00A37D3C" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Fermentinio sūrio lazdelės</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD3497" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 20g;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007A4616">
-[...59 lines deleted...]
-            <w:r w:rsidRPr="007A4616">
+          </w:p>
+          <w:p w14:paraId="51DFE826" w14:textId="5C6847C4" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sezoninis vaisius</w:t>
             </w:r>
-            <w:r w:rsidR="00B5554A" w:rsidRPr="007A4616">
+            <w:r w:rsidR="00B5554A" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00126E82" w:rsidRPr="007A4616">
-[...7 lines deleted...]
-            <w:r w:rsidR="001E35B1" w:rsidRPr="007A4616">
+            <w:r w:rsidR="00B970DE" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00126E82" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0g; </w:t>
+            </w:r>
+            <w:r w:rsidR="001E35B1" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>120g;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15D9C8DB" w14:textId="049DEBBB" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="002204BF" w:rsidP="001B436B">
-[...22 lines deleted...]
-            <w:r w:rsidR="00260C80" w:rsidRPr="007A4616">
+          <w:p w14:paraId="15D9C8DB" w14:textId="2AA6A8C2" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="00C8593C" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arbata be cukraus </w:t>
+            </w:r>
+            <w:r w:rsidR="00260C80" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidR="00FD5125" w:rsidRPr="007A4616">
+            <w:r w:rsidR="00FD5125" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0ml;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2949" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EFB453C" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00572D6A">
+          <w:p w14:paraId="5EFB453C" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pusryčiai:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B6A1CC7" w14:textId="0E8B4C40" w:rsidR="00FC3294" w:rsidRDefault="00FC3294" w:rsidP="00FC3294">
-[...141 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="5C73928F" w14:textId="6784D294" w:rsidR="00CD3497" w:rsidRPr="00986E0D" w:rsidRDefault="006841D2" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Trinta - plakta varškė su jogurtu ir trin</w:t>
+            </w:r>
+            <w:r w:rsidR="006304FD" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>tu bananu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  60/30/30g</w:t>
+            </w:r>
+            <w:r w:rsidR="00152A04" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>80/40/40g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5249922E" w14:textId="3C7B34EC" w:rsidR="00152A04" w:rsidRPr="00986E0D" w:rsidRDefault="006841D2" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Skrebutis 30g; 40g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FF85646" w14:textId="0B636BD2" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sezoninis vaisius </w:t>
+            </w:r>
+            <w:r w:rsidR="001E35B1" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>100g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F1BAD1D" w14:textId="11269A23" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="00C8593C" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arbata be cukraus </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD5125" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>200ml;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63CD3003" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00572D6A">
+          <w:p w14:paraId="63CD3003" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pusryčiai:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51B7D44E" w14:textId="54C7B43E" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="00562741" w:rsidP="001B436B">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00572D6A">
+          <w:p w14:paraId="51B7D44E" w14:textId="2C289E2D" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="00562741" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pieniška m</w:t>
             </w:r>
-            <w:r w:rsidR="0035083D" w:rsidRPr="00572D6A">
+            <w:r w:rsidR="0035083D" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">iežinių kruopų košė su sviestu </w:t>
             </w:r>
-            <w:r w:rsidR="00701B40">
+            <w:r w:rsidR="00701B40" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">150/5g; </w:t>
             </w:r>
-            <w:r w:rsidR="00630E27" w:rsidRPr="00572D6A">
+            <w:r w:rsidR="00630E27" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>200/</w:t>
             </w:r>
-            <w:r w:rsidR="006039CC" w:rsidRPr="00572D6A">
-[...7 lines deleted...]
-            <w:r w:rsidR="00630E27" w:rsidRPr="00572D6A">
+            <w:r w:rsidR="006159B8" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00630E27" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>g;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26F6A7A1" w14:textId="4EF8DBA6" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00572D6A">
+          <w:p w14:paraId="4084C2FF" w14:textId="40D9FEB5" w:rsidR="00CE6FCD" w:rsidRPr="00986E0D" w:rsidRDefault="006304FD" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Trintas bananas 25g; 35g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26F6A7A1" w14:textId="26B49EC5" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sezoninis vaisius</w:t>
             </w:r>
-            <w:r w:rsidR="00630E27" w:rsidRPr="00572D6A">
+            <w:r w:rsidR="00630E27" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00CB0F8C">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00572D6A">
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>120g;</w:t>
             </w:r>
-            <w:r w:rsidR="0047331A" w:rsidRPr="00572D6A">
+            <w:r w:rsidR="0047331A" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D1FCA21" w14:textId="534B3A7E" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="00CB0F8C" w:rsidP="001B436B">
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="3D1FCA21" w14:textId="49E292CA" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="00C8593C" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arbata be cukraus su </w:t>
+            </w:r>
+            <w:r w:rsidR="00387CBB" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>citrina 150/2ml;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2948" w:type="dxa"/>
+            <w:tcW w:w="3289" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="079A3027" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00572D6A">
+          <w:p w14:paraId="079A3027" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pusryčiai:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="41360BAE" w14:textId="19795EFD" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="00562741" w:rsidP="001B436B">
-[...31 lines deleted...]
-            <w:r w:rsidR="00F720FC" w:rsidRPr="00572D6A">
+          <w:p w14:paraId="41360BAE" w14:textId="54BC8FD4" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="00BA7FDE" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pieniška tiršta manų kruopų košė paskaninta sviestu ir cinamonu</w:t>
+            </w:r>
+            <w:r w:rsidR="00F720FC" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0035083D" w:rsidRPr="00572D6A">
-[...15 lines deleted...]
-            <w:r w:rsidR="00701B40">
+            <w:r w:rsidR="00701B40" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">150/5g; </w:t>
             </w:r>
-            <w:r w:rsidR="00F720FC" w:rsidRPr="00572D6A">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00572D6A">
+            <w:r w:rsidR="00F720FC" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>200/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00F720FC" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="516ADEF0" w14:textId="4BE2E171" w:rsidR="0035083D" w:rsidRPr="00672631" w:rsidRDefault="00BA7FDE" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Trapučiai </w:t>
             </w:r>
-            <w:r w:rsidR="00701B40">
-[...24 lines deleted...]
-            <w:r w:rsidRPr="00572D6A">
+            <w:r w:rsidRPr="00672631">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10g; 20g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BF77708" w14:textId="59557E54" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sezoninis vaisius</w:t>
             </w:r>
-            <w:r w:rsidR="00801FE7" w:rsidRPr="00572D6A">
+            <w:r w:rsidR="00801FE7" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 80g;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F9E1937" w14:textId="4F1C63D3" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="00BD6698" w:rsidP="001B436B">
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="2F9E1937" w14:textId="197AE530" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="00C8593C" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arbata be cukraus </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD5125" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>200ml;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F3A2C5E" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00572D6A">
+          <w:p w14:paraId="5F3A2C5E" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pusryčiai:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DD645CB" w14:textId="1A077AD7" w:rsidR="00CE6FCD" w:rsidRPr="00572D6A" w:rsidRDefault="00A43523" w:rsidP="001B436B">
-[...48 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="68FC2AA0" w14:textId="6484E76C" w:rsidR="00C6367A" w:rsidRPr="00986E0D" w:rsidRDefault="00BA7FDE" w:rsidP="00C6367A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tiršta kukurūzų kruopų košė gardinta pienu ir sviestu </w:t>
+            </w:r>
+            <w:r w:rsidR="00C6367A" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>150/5g; 200/7g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02A04C6B" w14:textId="7E0438EF" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sezoninis vaisius</w:t>
             </w:r>
-            <w:r w:rsidR="008B7F39">
-[...23 lines deleted...]
-            <w:r w:rsidRPr="00572D6A">
+            <w:r w:rsidR="001C3DED" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00260C80" w:rsidRPr="00572D6A">
+            <w:r w:rsidR="00C6367A" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80g; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>100g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="525657EE" w14:textId="0017DDEC" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="00C8593C" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arbata be cukraus </w:t>
+            </w:r>
+            <w:r w:rsidR="00260C80" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidR="007A4C8F" w:rsidRPr="00572D6A">
+            <w:r w:rsidR="007A4C8F" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0ml;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0035083D" w:rsidRPr="00572D6A" w14:paraId="15E483A5" w14:textId="77777777" w:rsidTr="006958A4">
+      <w:tr w:rsidR="00986E0D" w:rsidRPr="00986E0D" w14:paraId="15E483A5" w14:textId="77777777" w:rsidTr="00E618EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3256" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EFC001F" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00572D6A">
+          <w:p w14:paraId="7EFC001F" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Pietūs: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07769D09" w14:textId="1978A278" w:rsidR="00352D63" w:rsidRPr="00572D6A" w:rsidRDefault="00A00CCC" w:rsidP="00352D63">
-[...23 lines deleted...]
-            <w:r w:rsidR="00572D6A" w:rsidRPr="00572D6A">
+          <w:p w14:paraId="07769D09" w14:textId="38224EF4" w:rsidR="00352D63" w:rsidRPr="00986E0D" w:rsidRDefault="00352D63" w:rsidP="00352D63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Skaidri makaronų sriuba </w:t>
+            </w:r>
+            <w:r w:rsidR="00572D6A" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>100g; 150g;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="744D400A" w14:textId="3920C816" w:rsidR="00255425" w:rsidRPr="00572D6A" w:rsidRDefault="002613C5" w:rsidP="00255425">
-[...77 lines deleted...]
-            <w:r w:rsidRPr="00F34456">
+          <w:p w14:paraId="744D400A" w14:textId="14E0732D" w:rsidR="00255425" w:rsidRPr="00986E0D" w:rsidRDefault="00255425" w:rsidP="00255425">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Viso grūdo ruginė duona </w:t>
+            </w:r>
+            <w:r w:rsidR="00572D6A" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>20g; 30g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D7F9600" w14:textId="56229420" w:rsidR="00903C0D" w:rsidRPr="00986E0D" w:rsidRDefault="00903C0D" w:rsidP="00046EF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kiaulienos mėsos guliašas 60/20g; 75/25g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="274C5664" w14:textId="5189C60C" w:rsidR="00B5554A" w:rsidRPr="00986E0D" w:rsidRDefault="008F7AF7" w:rsidP="00046EF9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+            <w:r w:rsidR="00B5554A" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>uskuso</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00B5554A" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kruopų košė su sviestu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50/3g; </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA198F" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60/3g; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3900CF44" w14:textId="77777777" w:rsidR="00CA198F" w:rsidRPr="00986E0D" w:rsidRDefault="00CA198F" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Švž</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. daržovių traškios lazdelės </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(morkos, agurkai, paprika)</w:t>
             </w:r>
-            <w:r>
-[...26 lines deleted...]
-            <w:r w:rsidRPr="00572D6A">
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30g; 60g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C92A613" w14:textId="730C46B0" w:rsidR="00E16531" w:rsidRPr="00986E0D" w:rsidRDefault="00E16531" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Marinuoti agurkai </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA198F" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30g; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>50g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BCE870A" w14:textId="6C002DDF" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Stalo vanduo su citrina 200/2g</w:t>
             </w:r>
-            <w:r w:rsidR="00CD3497" w:rsidRPr="00572D6A">
+            <w:r w:rsidR="00CD3497" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2949" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D1F95A0" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00572D6A">
+          <w:p w14:paraId="3D1F95A0" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Pietūs: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7FBBF2DD" w14:textId="3D290991" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="00DB3866" w:rsidP="001B436B">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00572D6A">
+          <w:p w14:paraId="7FBBF2DD" w14:textId="5865775E" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="00DB3866" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Agurkinė sriuba su perlinėmis kruopomis</w:t>
             </w:r>
-            <w:r w:rsidR="00D923E8">
-[...7 lines deleted...]
-            <w:r w:rsidR="006C472A">
+            <w:r w:rsidR="0035083D" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00572D6A" w:rsidRPr="00572D6A">
+            <w:r w:rsidR="00572D6A" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>100g; 150g;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26BF90C3" w14:textId="7E5B46D7" w:rsidR="003B7304" w:rsidRPr="003B7304" w:rsidRDefault="002613C5" w:rsidP="003B7304">
-[...65 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="2CE8FE83" w14:textId="77777777" w:rsidR="00A2214A" w:rsidRPr="00986E0D" w:rsidRDefault="00255425" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Viso grūdo ruginė duona </w:t>
+            </w:r>
+            <w:r w:rsidR="00572D6A" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>20g; 30g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BD7A904" w14:textId="5311A631" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="00A2214A" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB3866" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>roškinta vištien</w:t>
+            </w:r>
+            <w:r w:rsidR="002225F3" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">os </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002225F3" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>file</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00DB3866" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> su morkomis</w:t>
+            </w:r>
+            <w:r w:rsidR="002225F3" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir grietine</w:t>
+            </w:r>
+            <w:r w:rsidR="00572D6A" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="000E5F30">
-[...15 lines deleted...]
-            <w:r w:rsidR="00572D6A" w:rsidRPr="000E5F30">
+            <w:r w:rsidR="002225F3" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00572D6A" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0g;</w:t>
             </w:r>
-            <w:r w:rsidR="00DB3866" w:rsidRPr="000E5F30">
+            <w:r w:rsidR="006159B8" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 90</w:t>
+            </w:r>
+            <w:r w:rsidR="00630E27" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">g; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60AB0AA1" w14:textId="0DBFAA82" w:rsidR="006039CC" w:rsidRPr="00986E0D" w:rsidRDefault="006039CC" w:rsidP="006039CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulvių košė </w:t>
+            </w:r>
+            <w:r w:rsidR="002225F3" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>60/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00572D6A" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">g; </w:t>
+            </w:r>
+            <w:r w:rsidR="006159B8" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0/3g;</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE7E4A" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="003B7304" w:rsidRPr="000E5F30">
-[...154 lines deleted...]
-            <w:r w:rsidRPr="00572D6A">
+          </w:p>
+          <w:p w14:paraId="6A6B9608" w14:textId="6273AC50" w:rsidR="002225F3" w:rsidRPr="00672631" w:rsidRDefault="002225F3" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Brokoliai kepti orkaitėje </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00672631">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50g; </w:t>
+            </w:r>
+            <w:r w:rsidR="006159B8" w:rsidRPr="00672631">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>60g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="681322B5" w14:textId="0AD00C11" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Stalo vanduo su vaisiais/uogomis 150/15ml</w:t>
             </w:r>
-            <w:r w:rsidR="001C3DED" w:rsidRPr="00572D6A">
+            <w:r w:rsidR="001C3DED" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41277ADB" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00572D6A">
+          <w:p w14:paraId="41277ADB" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Pietūs: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1BBCC7D2" w14:textId="0BFFBEB5" w:rsidR="0035083D" w:rsidRPr="000F1B94" w:rsidRDefault="00CB0F8C" w:rsidP="001B436B">
-[...19 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="1BBCC7D2" w14:textId="7C7CD0B7" w:rsidR="0035083D" w:rsidRPr="00672631" w:rsidRDefault="006159B8" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Šviežių ir raugintų kopūstų sriuba </w:t>
+            </w:r>
+            <w:r w:rsidR="00572D6A" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>100g; 150g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30155C59" w14:textId="4E3F0A9B" w:rsidR="00255425" w:rsidRPr="00986E0D" w:rsidRDefault="00255425" w:rsidP="00255425">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Viso grūdo ruginė duona</w:t>
+            </w:r>
+            <w:r w:rsidR="00A36492" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00856652" w:rsidRPr="000F1B94">
-[...7 lines deleted...]
-            <w:r w:rsidR="00E0211C" w:rsidRPr="000F1B94">
+            <w:r w:rsidR="00F40111" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>20g; 30g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29394FDA" w14:textId="7096B6D3" w:rsidR="00A2670D" w:rsidRPr="00986E0D" w:rsidRDefault="00630E27" w:rsidP="00A2670D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Naminis kiaulienos kotletas</w:t>
+            </w:r>
+            <w:r w:rsidR="00A31907" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 60g; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>80g;</w:t>
+            </w:r>
+            <w:r w:rsidR="00A36492" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="567DE689" w14:textId="22566109" w:rsidR="00856652" w:rsidRPr="000F1B94" w:rsidRDefault="00856652" w:rsidP="00856652">
-[...31 lines deleted...]
-                <w:lang w:eastAsia="lt-LT"/>
+          <w:p w14:paraId="16B916FE" w14:textId="129F1203" w:rsidR="00A2670D" w:rsidRPr="00986E0D" w:rsidRDefault="006159B8" w:rsidP="00A2670D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biri grikių košė su sviestu </w:t>
+            </w:r>
+            <w:r w:rsidR="00F80A01" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00F80A01" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="384E0D75" w14:textId="11509129" w:rsidR="00B128D4" w:rsidRPr="00986E0D" w:rsidRDefault="00BA7FDE" w:rsidP="00B128D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Švž</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. morkų ir obuolių salotos su aliejaus ir citrinų sulčių užpilu </w:t>
+            </w:r>
+            <w:r w:rsidR="00515F96" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>70/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00515F96" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>g;</w:t>
+            </w:r>
+            <w:r w:rsidR="007C72B8" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68355180" w14:textId="1FAEB3BC" w:rsidR="0085758F" w:rsidRPr="0085758F" w:rsidRDefault="0085758F" w:rsidP="0085758F">
-[...90 lines deleted...]
-            <w:r w:rsidRPr="00572D6A">
+          <w:p w14:paraId="0956C786" w14:textId="1E8DB93C" w:rsidR="00CE09E5" w:rsidRPr="00672631" w:rsidRDefault="00CE09E5" w:rsidP="00B128D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="it-IT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Švž</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. paprikų lazdelės 30g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C4CF514" w14:textId="527C61B1" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="00B128D4" w:rsidP="00B128D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Stalo vanduo su citrina 200/2g</w:t>
             </w:r>
-            <w:r w:rsidR="00F80A01" w:rsidRPr="00572D6A">
+            <w:r w:rsidR="00F80A01" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2948" w:type="dxa"/>
+            <w:tcW w:w="3289" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F62EF02" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00572D6A">
+          <w:p w14:paraId="5F62EF02" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Pietūs: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5EC489B1" w14:textId="325D496F" w:rsidR="00DB3866" w:rsidRPr="000F1B94" w:rsidRDefault="00801FE7" w:rsidP="00DB3866">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="000F1B94">
+          <w:p w14:paraId="5EC489B1" w14:textId="0C26201B" w:rsidR="00DB3866" w:rsidRPr="00986E0D" w:rsidRDefault="00801FE7" w:rsidP="00DB3866">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Burokėlių</w:t>
             </w:r>
-            <w:r w:rsidR="00655CDB" w:rsidRPr="000F1B94">
+            <w:r w:rsidR="00655CDB" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ir pupelių</w:t>
             </w:r>
-            <w:r w:rsidRPr="000F1B94">
-[...7 lines deleted...]
-            <w:r w:rsidR="00D923E8" w:rsidRPr="000F1B94">
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sriuba su grietine</w:t>
+            </w:r>
+            <w:r w:rsidR="008F3403" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="006905BF" w:rsidRPr="000F1B94">
-[...7 lines deleted...]
-            <w:r w:rsidR="006C472A" w:rsidRPr="000F1B94">
+            <w:r w:rsidR="00572D6A" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>100/5g; 150/5g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E849700" w14:textId="419236C0" w:rsidR="00255425" w:rsidRPr="00986E0D" w:rsidRDefault="00255425" w:rsidP="00255425">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Viso grūdo ruginė duona </w:t>
+            </w:r>
+            <w:r w:rsidR="00F40111" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>20g; 30g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C133193" w14:textId="07EBD72F" w:rsidR="003A419B" w:rsidRPr="00986E0D" w:rsidRDefault="003A419B" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Vištienos kepsneliai "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Chicken</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00572D6A" w:rsidRPr="000F1B94">
-[...7 lines deleted...]
-            <w:r w:rsidR="006905BF" w:rsidRPr="000F1B94">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>nuggets</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>" 60g; 80g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E9253D6" w14:textId="4227B456" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="003A419B" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Virti makaronai 70g; 80g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EA7216B" w14:textId="272085D1" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="00F64E96" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Švž</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. kopūstų, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>kons</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. kukurūzų ir agurkų salotos su aliejumi 80/5g;</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3B91" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="512AC5C0" w14:textId="71B61543" w:rsidR="0085758F" w:rsidRDefault="002613C5" w:rsidP="00255425">
-[...294 lines deleted...]
-            <w:r w:rsidRPr="00572D6A">
+          <w:p w14:paraId="605B0B36" w14:textId="4F80D2A6" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Stalo vanduo su </w:t>
             </w:r>
-            <w:r w:rsidR="00593B5F" w:rsidRPr="00572D6A">
+            <w:r w:rsidR="00593B5F" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>citrina</w:t>
             </w:r>
-            <w:r w:rsidRPr="00572D6A">
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 200</w:t>
             </w:r>
-            <w:r w:rsidR="00930553" w:rsidRPr="00572D6A">
+            <w:r w:rsidR="00930553" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00572D6A">
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>g</w:t>
             </w:r>
-            <w:r w:rsidR="001C3DED" w:rsidRPr="00572D6A">
+            <w:r w:rsidR="001C3DED" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1FCA08A9" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+          <w:p w14:paraId="1FCA08A9" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24BB0068" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00572D6A">
+          <w:p w14:paraId="24BB0068" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Pietūs: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="350B546C" w14:textId="7D0DA77B" w:rsidR="0035083D" w:rsidRPr="000F1B94" w:rsidRDefault="007747AC" w:rsidP="00CA2CEF">
+          <w:p w14:paraId="350B546C" w14:textId="597A0C25" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="00BA7FDE" w:rsidP="00CA2CEF">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F1B94">
-[...15 lines deleted...]
-            <w:r w:rsidR="00572D6A" w:rsidRPr="000F1B94">
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tiršta </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>avinžirnių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sriuba su pomidorais </w:t>
+            </w:r>
+            <w:r w:rsidR="00572D6A" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>100g; 150g;</w:t>
             </w:r>
-            <w:r w:rsidRPr="000F1B94">
-[...70 lines deleted...]
-            <w:r w:rsidRPr="00572D6A">
+          </w:p>
+          <w:p w14:paraId="7FA1BE93" w14:textId="60FEFF13" w:rsidR="00255425" w:rsidRPr="00986E0D" w:rsidRDefault="00255425" w:rsidP="00255425">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Viso grūdo ruginė duona </w:t>
+            </w:r>
+            <w:r w:rsidR="00F40111" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>20g; 30g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51AD0F7F" w14:textId="684162B1" w:rsidR="00160ED0" w:rsidRPr="00672631" w:rsidRDefault="00FD467D" w:rsidP="00160ED0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orkaitėje keptas žuvies </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>lašiša+lydeka</w:t>
-[...9 lines deleted...]
-            <w:r>
+              <w:t>(lydekos)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> maltinis </w:t>
+            </w:r>
+            <w:r w:rsidR="005D6C05" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60g; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidR="005D6C05" w:rsidRPr="00672631">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49365F2B" w14:textId="21977782" w:rsidR="00655CDB" w:rsidRPr="00986E0D" w:rsidRDefault="00CE09E5" w:rsidP="0047331A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Biri ryžių kruopų košė</w:t>
+            </w:r>
+            <w:r w:rsidR="00572D6A" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 60g;</w:t>
             </w:r>
-            <w:r w:rsidRPr="00572D6A">
-[...74 lines deleted...]
-            <w:r w:rsidRPr="00572D6A">
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 80g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72FF1009" w14:textId="21EC690C" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="00FD467D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Burokėlių ir raugintų kopūstų salotos su svogūnais ir alyvuogių aliejumi </w:t>
+            </w:r>
+            <w:r w:rsidR="00CE09E5" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>80/6g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E171099" w14:textId="2DA50BD9" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Stalo vanduo su citrina 200/2g</w:t>
             </w:r>
-            <w:r w:rsidR="001C3DED" w:rsidRPr="00572D6A">
+            <w:r w:rsidR="001C3DED" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0035083D" w:rsidRPr="00572D6A" w14:paraId="5715A51F" w14:textId="77777777" w:rsidTr="00A57C3A">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00986E0D" w:rsidRPr="00986E0D" w14:paraId="5715A51F" w14:textId="77777777" w:rsidTr="00E618EB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3256" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A9AFE0C" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00572D6A">
+          <w:p w14:paraId="7A9AFE0C" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vakarienė:        </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08BCC3F1" w14:textId="3CF7FACF" w:rsidR="008F2543" w:rsidRDefault="008F2543" w:rsidP="001B436B">
-[...57 lines deleted...]
-            <w:r w:rsidRPr="00572D6A">
+          <w:p w14:paraId="2710F98A" w14:textId="6370B321" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orkaitėje keptas omletas su fermentiniu sūriu </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA198F" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80/8g; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>90/</w:t>
+            </w:r>
+            <w:r w:rsidR="006841D2" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>g;</w:t>
+            </w:r>
+            <w:r w:rsidR="002E3D67" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5141DB41" w14:textId="2AAF124B" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="003B4CA5" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Viso grūdo ruginė duona su sviestu </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA198F" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20/4g;</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA7264" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006841D2" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidR="006B1029" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/5g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19C47309" w14:textId="196FE711" w:rsidR="0085624A" w:rsidRPr="00986E0D" w:rsidRDefault="0085624A" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Šv</w:t>
             </w:r>
-            <w:r w:rsidR="00E0211C">
+            <w:r w:rsidR="006841D2" w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ž</w:t>
             </w:r>
-            <w:r w:rsidRPr="00572D6A">
-[...51 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. pomidorai 30g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B2FB938" w14:textId="2FC8F462" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="00C8593C" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arbata be cukraus </w:t>
+            </w:r>
+            <w:r w:rsidR="007A4C8F" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>200ml;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2949" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50E170EF" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00572D6A">
+          <w:p w14:paraId="50E170EF" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vakarienė:        </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4389FBCC" w14:textId="3125AE99" w:rsidR="006E09DD" w:rsidRDefault="00C55E3B" w:rsidP="006E09DD">
-[...61 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="1536C456" w14:textId="0511E77B" w:rsidR="00FE1B85" w:rsidRPr="00986E0D" w:rsidRDefault="00A801EE" w:rsidP="007F1172">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Kibinas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> su vištienos mėsa </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF0646" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0g; 100g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AEA04B2" w14:textId="24D00F8C" w:rsidR="007E1C36" w:rsidRPr="00986E0D" w:rsidRDefault="007E1C36" w:rsidP="007F1172">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Švž</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. agurkai </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>10g;</w:t>
-[...81 lines deleted...]
-              <w:t>0ml;</w:t>
+              <w:t>50g; 80g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79E6AE36" w14:textId="0D60CC78" w:rsidR="00A801EE" w:rsidRPr="00986E0D" w:rsidRDefault="007E1C36" w:rsidP="007F1172">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Arbata be cukraus 200ml;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:tcW w:w="2834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21B6437B" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00572D6A">
+          <w:p w14:paraId="21B6437B" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vakarienė:        </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E6351BB" w14:textId="77777777" w:rsidR="003A6BB0" w:rsidRDefault="003A6BB0" w:rsidP="003A6BB0">
-[...123 lines deleted...]
-              <w:t>0ml;</w:t>
+          <w:p w14:paraId="248B9656" w14:textId="6881A80B" w:rsidR="001B3AFE" w:rsidRPr="00986E0D" w:rsidRDefault="001B3AFE" w:rsidP="001B3AFE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Varškės apkepas 100g; 150g; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A131851" w14:textId="1382EDEF" w:rsidR="001B3AFE" w:rsidRPr="00986E0D" w:rsidRDefault="001B3AFE" w:rsidP="001B3AFE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Grietinė</w:t>
+            </w:r>
+            <w:r w:rsidR="006304FD" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 15g;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 20g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43518C6D" w14:textId="6998A24E" w:rsidR="00630E27" w:rsidRPr="00986E0D" w:rsidRDefault="001B3AFE" w:rsidP="001B3AFE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Arbata be cukraus 200ml;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2948" w:type="dxa"/>
+            <w:tcW w:w="3289" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A84FEB3" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00572D6A">
+          <w:p w14:paraId="363499FF" w14:textId="20B51998" w:rsidR="001B3AFE" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vakarienė:        </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6077DD2A" w14:textId="2D819164" w:rsidR="00015844" w:rsidRDefault="004420F1" w:rsidP="00015844">
-[...132 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="7A7861D9" w14:textId="39409281" w:rsidR="00094B86" w:rsidRPr="00986E0D" w:rsidRDefault="00094B86" w:rsidP="00094B86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pieniška perlinių kruopų sriuba pagardinta sviestu 150/3g; 200/4g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D4139E6" w14:textId="078440BE" w:rsidR="00094B86" w:rsidRPr="00986E0D" w:rsidRDefault="00094B86" w:rsidP="00094B86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Sumuštinis su sviestu ir fermentiniu sūriu 30/5/15g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77B47304" w14:textId="3A68D7B7" w:rsidR="00094B86" w:rsidRPr="00986E0D" w:rsidRDefault="00094B86" w:rsidP="00094B86">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arbata be cukraus 200ml; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E115FB5" w14:textId="0747BC10" w:rsidR="001B3AFE" w:rsidRPr="00986E0D" w:rsidRDefault="001B3AFE" w:rsidP="001B3AFE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="3089" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B917912" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00572D6A" w:rsidRDefault="0035083D" w:rsidP="001B436B">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00572D6A">
+          <w:p w14:paraId="3B917912" w14:textId="77777777" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="0035083D" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vakarienė:        </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61C2D0C9" w14:textId="12D62278" w:rsidR="00A8052B" w:rsidRPr="00572D6A" w:rsidRDefault="00A8052B" w:rsidP="00A8052B">
-[...35 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="2D20B80C" w14:textId="77777777" w:rsidR="00C643AD" w:rsidRPr="00986E0D" w:rsidRDefault="00C643AD" w:rsidP="00C643AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Apkepti varškėčiai 100g; 120g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B416146" w14:textId="3961354E" w:rsidR="00C643AD" w:rsidRPr="00986E0D" w:rsidRDefault="001150E0" w:rsidP="00C643AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Natūralus jogurtas</w:t>
+            </w:r>
+            <w:r w:rsidR="00C643AD" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD467D" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00C643AD" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>g;</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD467D" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00DE5B37">
-[...62 lines deleted...]
-              <w:t>200ml;</w:t>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US" w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD467D" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>g;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32B4A473" w14:textId="36C42DC4" w:rsidR="0035083D" w:rsidRPr="00986E0D" w:rsidRDefault="00C8593C" w:rsidP="001B436B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arbata be cukraus </w:t>
+            </w:r>
+            <w:r w:rsidR="00701B40" w:rsidRPr="00986E0D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>200ml.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="22AA00AE" w14:textId="77777777" w:rsidR="00E636CD" w:rsidRPr="00572D6A" w:rsidRDefault="00E636CD" w:rsidP="00566134">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E636CD" w:rsidRPr="00572D6A" w:rsidSect="00361D09">
-      <w:footerReference w:type="default" r:id="rId6"/>
+      <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="851" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="43023670" w14:textId="77777777" w:rsidR="00EC0312" w:rsidRDefault="00EC0312" w:rsidP="0035482A">
+    <w:p w14:paraId="6E4041F1" w14:textId="77777777" w:rsidR="006D0697" w:rsidRDefault="006D0697" w:rsidP="0035482A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="64406491" w14:textId="77777777" w:rsidR="00EC0312" w:rsidRDefault="00EC0312" w:rsidP="0035482A">
+    <w:p w14:paraId="459431BA" w14:textId="77777777" w:rsidR="006D0697" w:rsidRDefault="006D0697" w:rsidP="0035482A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="53D73399" w14:textId="0E7684F7" w:rsidR="001A2428" w:rsidRPr="007747AC" w:rsidRDefault="0035482A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="53D73399" w14:textId="57498787" w:rsidR="001A2428" w:rsidRPr="0035482A" w:rsidRDefault="0035482A">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Porat"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0035482A">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>UAB „</w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidR="00F660F8">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t xml:space="preserve">Sanus </w:t>
+      <w:t>Sanus</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidR="00F660F8">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="001A0D70">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>C</w:t>
     </w:r>
     <w:r w:rsidRPr="0035482A">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>ibus“</w:t>
     </w:r>
     <w:r w:rsidR="001A2428">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00ED1CB9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t xml:space="preserve">                                                                                                                                                   </w:t>
+      <w:t xml:space="preserve">                                                                                                                                                              </w:t>
     </w:r>
-    <w:r w:rsidR="0073523E">
+    <w:r w:rsidR="002131BD">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>Pavasario-vasaros</w:t>
+      <w:t>Rudens - žiemos</w:t>
     </w:r>
     <w:r w:rsidR="00ED1CB9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> sezonas</w:t>
     </w:r>
-    <w:r w:rsidR="0073523E">
-[...33 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6BDAE3FB" w14:textId="77777777" w:rsidR="00EC0312" w:rsidRDefault="00EC0312" w:rsidP="0035482A">
+    <w:p w14:paraId="7EB7F8BC" w14:textId="77777777" w:rsidR="006D0697" w:rsidRDefault="006D0697" w:rsidP="0035482A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="204C5BC0" w14:textId="77777777" w:rsidR="00EC0312" w:rsidRDefault="00EC0312" w:rsidP="0035482A">
+    <w:p w14:paraId="6AF0993B" w14:textId="77777777" w:rsidR="006D0697" w:rsidRDefault="006D0697" w:rsidP="0035482A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003433F8"/>
     <w:rsid w:val="00001232"/>
     <w:rsid w:val="000034C5"/>
-    <w:rsid w:val="00006AE0"/>
     <w:rsid w:val="00006E3D"/>
     <w:rsid w:val="000105BF"/>
     <w:rsid w:val="000127BF"/>
-    <w:rsid w:val="00013677"/>
-    <w:rsid w:val="00015844"/>
     <w:rsid w:val="00020971"/>
     <w:rsid w:val="0002142F"/>
     <w:rsid w:val="000231D0"/>
-    <w:rsid w:val="000300CB"/>
     <w:rsid w:val="0003378E"/>
-    <w:rsid w:val="000365C8"/>
     <w:rsid w:val="000412E9"/>
     <w:rsid w:val="000413CE"/>
     <w:rsid w:val="00041725"/>
     <w:rsid w:val="00042C40"/>
     <w:rsid w:val="00044A10"/>
     <w:rsid w:val="000467F2"/>
     <w:rsid w:val="00046EF9"/>
     <w:rsid w:val="0007631E"/>
     <w:rsid w:val="00082019"/>
+    <w:rsid w:val="00084BE2"/>
     <w:rsid w:val="00087C30"/>
     <w:rsid w:val="00091A84"/>
     <w:rsid w:val="0009227C"/>
     <w:rsid w:val="00092ED7"/>
+    <w:rsid w:val="00094B86"/>
     <w:rsid w:val="0009548E"/>
-    <w:rsid w:val="00097803"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000A3791"/>
+    <w:rsid w:val="000954CD"/>
     <w:rsid w:val="000A6C9E"/>
     <w:rsid w:val="000B0A8C"/>
     <w:rsid w:val="000B4C0B"/>
     <w:rsid w:val="000B7630"/>
+    <w:rsid w:val="000C2515"/>
     <w:rsid w:val="000C44C7"/>
     <w:rsid w:val="000D0095"/>
-    <w:rsid w:val="000D0395"/>
     <w:rsid w:val="000D255D"/>
     <w:rsid w:val="000D3CDC"/>
     <w:rsid w:val="000D4184"/>
+    <w:rsid w:val="000D52EE"/>
     <w:rsid w:val="000D58EB"/>
     <w:rsid w:val="000D72E0"/>
     <w:rsid w:val="000D7F16"/>
     <w:rsid w:val="000E03A2"/>
     <w:rsid w:val="000E1D5B"/>
     <w:rsid w:val="000E499D"/>
-    <w:rsid w:val="000E5F30"/>
     <w:rsid w:val="000E709F"/>
     <w:rsid w:val="000F1A30"/>
-    <w:rsid w:val="000F1B94"/>
+    <w:rsid w:val="000F2486"/>
     <w:rsid w:val="000F432E"/>
     <w:rsid w:val="000F523F"/>
     <w:rsid w:val="00100958"/>
     <w:rsid w:val="001047A7"/>
     <w:rsid w:val="00105416"/>
     <w:rsid w:val="001073AA"/>
-    <w:rsid w:val="001109DC"/>
     <w:rsid w:val="00112130"/>
-    <w:rsid w:val="0011746E"/>
-    <w:rsid w:val="00120E1C"/>
+    <w:rsid w:val="001150E0"/>
     <w:rsid w:val="00121B21"/>
-    <w:rsid w:val="0012500A"/>
     <w:rsid w:val="00125188"/>
     <w:rsid w:val="00126E82"/>
-    <w:rsid w:val="00140CB0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00151108"/>
     <w:rsid w:val="0015125C"/>
+    <w:rsid w:val="00152A04"/>
     <w:rsid w:val="001530A5"/>
-    <w:rsid w:val="00156A3D"/>
+    <w:rsid w:val="001604C7"/>
+    <w:rsid w:val="00160ED0"/>
     <w:rsid w:val="00163752"/>
     <w:rsid w:val="001668E3"/>
     <w:rsid w:val="00171214"/>
     <w:rsid w:val="00172960"/>
     <w:rsid w:val="00175416"/>
-    <w:rsid w:val="00176F48"/>
     <w:rsid w:val="001803C9"/>
     <w:rsid w:val="0018379E"/>
     <w:rsid w:val="001864FD"/>
     <w:rsid w:val="00197CE8"/>
     <w:rsid w:val="001A0468"/>
     <w:rsid w:val="001A0D70"/>
     <w:rsid w:val="001A1874"/>
     <w:rsid w:val="001A19AC"/>
     <w:rsid w:val="001A2428"/>
     <w:rsid w:val="001A315D"/>
     <w:rsid w:val="001A37C3"/>
-    <w:rsid w:val="001A4732"/>
     <w:rsid w:val="001A4967"/>
+    <w:rsid w:val="001A5781"/>
     <w:rsid w:val="001B2A3C"/>
-    <w:rsid w:val="001B7847"/>
-    <w:rsid w:val="001C0377"/>
+    <w:rsid w:val="001B3AFE"/>
+    <w:rsid w:val="001B49C4"/>
     <w:rsid w:val="001C05BE"/>
     <w:rsid w:val="001C186D"/>
-    <w:rsid w:val="001C34E8"/>
     <w:rsid w:val="001C3DED"/>
     <w:rsid w:val="001C4BDD"/>
+    <w:rsid w:val="001D2B2E"/>
     <w:rsid w:val="001D54E2"/>
     <w:rsid w:val="001D5EE5"/>
     <w:rsid w:val="001E0F95"/>
+    <w:rsid w:val="001E1B38"/>
     <w:rsid w:val="001E1EA2"/>
     <w:rsid w:val="001E2B08"/>
     <w:rsid w:val="001E35B1"/>
     <w:rsid w:val="001E36FE"/>
     <w:rsid w:val="001E4903"/>
     <w:rsid w:val="001E5B20"/>
     <w:rsid w:val="001E6315"/>
-    <w:rsid w:val="001E6ADD"/>
     <w:rsid w:val="001E7451"/>
+    <w:rsid w:val="001F0061"/>
     <w:rsid w:val="001F0464"/>
     <w:rsid w:val="001F1017"/>
     <w:rsid w:val="001F28DA"/>
     <w:rsid w:val="001F6A23"/>
     <w:rsid w:val="001F6F4F"/>
     <w:rsid w:val="00201556"/>
-    <w:rsid w:val="00203449"/>
     <w:rsid w:val="00203856"/>
     <w:rsid w:val="002060E2"/>
     <w:rsid w:val="002131BD"/>
     <w:rsid w:val="002170B5"/>
-    <w:rsid w:val="002204BF"/>
-    <w:rsid w:val="002207D6"/>
     <w:rsid w:val="00221C45"/>
-    <w:rsid w:val="002229DA"/>
+    <w:rsid w:val="002225F3"/>
     <w:rsid w:val="00227294"/>
     <w:rsid w:val="0023109B"/>
     <w:rsid w:val="002353E9"/>
     <w:rsid w:val="0024006B"/>
     <w:rsid w:val="002454F6"/>
     <w:rsid w:val="00245611"/>
     <w:rsid w:val="002470C3"/>
     <w:rsid w:val="0025078F"/>
     <w:rsid w:val="00251597"/>
     <w:rsid w:val="00253C69"/>
     <w:rsid w:val="00254384"/>
     <w:rsid w:val="002544D0"/>
     <w:rsid w:val="00255380"/>
     <w:rsid w:val="00255425"/>
-    <w:rsid w:val="00255868"/>
-    <w:rsid w:val="00256868"/>
     <w:rsid w:val="00256CCE"/>
     <w:rsid w:val="0025705F"/>
-    <w:rsid w:val="002570A2"/>
     <w:rsid w:val="00257C27"/>
     <w:rsid w:val="00260C80"/>
-    <w:rsid w:val="002613C5"/>
-    <w:rsid w:val="00262DE7"/>
     <w:rsid w:val="002637B6"/>
     <w:rsid w:val="00263D4C"/>
+    <w:rsid w:val="00264793"/>
     <w:rsid w:val="002647A1"/>
     <w:rsid w:val="00265E5F"/>
     <w:rsid w:val="00267ADC"/>
     <w:rsid w:val="00270BE1"/>
+    <w:rsid w:val="002710F3"/>
+    <w:rsid w:val="0027510D"/>
     <w:rsid w:val="002802A8"/>
-    <w:rsid w:val="00281010"/>
     <w:rsid w:val="00281D93"/>
     <w:rsid w:val="00286D60"/>
     <w:rsid w:val="00291723"/>
     <w:rsid w:val="002931C0"/>
     <w:rsid w:val="002933FF"/>
     <w:rsid w:val="0029397F"/>
     <w:rsid w:val="00293CDA"/>
     <w:rsid w:val="002970BB"/>
     <w:rsid w:val="002A1DAA"/>
     <w:rsid w:val="002A428C"/>
     <w:rsid w:val="002A553D"/>
     <w:rsid w:val="002A7117"/>
     <w:rsid w:val="002A7754"/>
     <w:rsid w:val="002B1AA6"/>
+    <w:rsid w:val="002B1B66"/>
     <w:rsid w:val="002B2106"/>
     <w:rsid w:val="002B5705"/>
-    <w:rsid w:val="002C028B"/>
     <w:rsid w:val="002C1D30"/>
     <w:rsid w:val="002C1ED9"/>
     <w:rsid w:val="002C3DCA"/>
     <w:rsid w:val="002C6490"/>
     <w:rsid w:val="002C6C45"/>
     <w:rsid w:val="002D3388"/>
     <w:rsid w:val="002D54CF"/>
-    <w:rsid w:val="002D7FB0"/>
     <w:rsid w:val="002E17C1"/>
     <w:rsid w:val="002E24FB"/>
     <w:rsid w:val="002E3891"/>
     <w:rsid w:val="002E3D67"/>
+    <w:rsid w:val="002E4349"/>
     <w:rsid w:val="002E753C"/>
     <w:rsid w:val="002F2EE2"/>
     <w:rsid w:val="00301817"/>
     <w:rsid w:val="0030228C"/>
     <w:rsid w:val="003024D9"/>
     <w:rsid w:val="00302E6B"/>
+    <w:rsid w:val="00305840"/>
     <w:rsid w:val="00305EE1"/>
     <w:rsid w:val="00310D3D"/>
-    <w:rsid w:val="003139AF"/>
     <w:rsid w:val="003145F9"/>
-    <w:rsid w:val="00317EE0"/>
     <w:rsid w:val="00317F2C"/>
+    <w:rsid w:val="00320B57"/>
     <w:rsid w:val="0032387E"/>
     <w:rsid w:val="00325F1D"/>
-    <w:rsid w:val="003263E4"/>
-    <w:rsid w:val="00326CFF"/>
     <w:rsid w:val="00336370"/>
     <w:rsid w:val="00340AC3"/>
     <w:rsid w:val="00340F57"/>
     <w:rsid w:val="003433F8"/>
     <w:rsid w:val="00343AEE"/>
-    <w:rsid w:val="00346059"/>
     <w:rsid w:val="0035083D"/>
     <w:rsid w:val="00350AC9"/>
     <w:rsid w:val="0035150A"/>
+    <w:rsid w:val="00352684"/>
+    <w:rsid w:val="003526D7"/>
     <w:rsid w:val="00352D63"/>
-    <w:rsid w:val="00353F47"/>
     <w:rsid w:val="0035482A"/>
-    <w:rsid w:val="00356821"/>
-    <w:rsid w:val="003570E2"/>
     <w:rsid w:val="00357EF8"/>
     <w:rsid w:val="00360547"/>
     <w:rsid w:val="00361297"/>
-    <w:rsid w:val="0036165F"/>
     <w:rsid w:val="00361FE6"/>
     <w:rsid w:val="00362291"/>
-    <w:rsid w:val="00364A38"/>
-    <w:rsid w:val="00365D11"/>
     <w:rsid w:val="00365F8E"/>
     <w:rsid w:val="00371320"/>
     <w:rsid w:val="003720B0"/>
     <w:rsid w:val="003760BE"/>
-    <w:rsid w:val="00380EEE"/>
+    <w:rsid w:val="003823E5"/>
     <w:rsid w:val="00382DE9"/>
     <w:rsid w:val="00383B07"/>
-    <w:rsid w:val="003841F9"/>
     <w:rsid w:val="00387CBB"/>
     <w:rsid w:val="00393715"/>
     <w:rsid w:val="0039590F"/>
-    <w:rsid w:val="00395FB5"/>
     <w:rsid w:val="003A11B2"/>
-    <w:rsid w:val="003A1727"/>
     <w:rsid w:val="003A4017"/>
+    <w:rsid w:val="003A419B"/>
     <w:rsid w:val="003A6238"/>
-    <w:rsid w:val="003A6BB0"/>
-    <w:rsid w:val="003B044E"/>
     <w:rsid w:val="003B4547"/>
-    <w:rsid w:val="003B5E36"/>
-    <w:rsid w:val="003B7304"/>
+    <w:rsid w:val="003B4CA5"/>
     <w:rsid w:val="003C0020"/>
-    <w:rsid w:val="003C1B29"/>
     <w:rsid w:val="003C2AEE"/>
-    <w:rsid w:val="003C5D40"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003D3D98"/>
+    <w:rsid w:val="003D5B7E"/>
     <w:rsid w:val="003D6F09"/>
+    <w:rsid w:val="003D7E01"/>
     <w:rsid w:val="003D7F11"/>
     <w:rsid w:val="003E0800"/>
-    <w:rsid w:val="003E1A25"/>
-    <w:rsid w:val="003E4C6D"/>
+    <w:rsid w:val="003E1516"/>
     <w:rsid w:val="003E570C"/>
     <w:rsid w:val="003E5A7C"/>
+    <w:rsid w:val="003E6AF8"/>
     <w:rsid w:val="003F1995"/>
     <w:rsid w:val="003F3DF4"/>
-    <w:rsid w:val="00403F44"/>
+    <w:rsid w:val="003F3EF9"/>
     <w:rsid w:val="00404FEC"/>
     <w:rsid w:val="004065B7"/>
     <w:rsid w:val="0041133D"/>
+    <w:rsid w:val="004117CE"/>
     <w:rsid w:val="00413EF4"/>
     <w:rsid w:val="004229D2"/>
-    <w:rsid w:val="0042350D"/>
     <w:rsid w:val="00424997"/>
     <w:rsid w:val="00425D1D"/>
     <w:rsid w:val="004269DC"/>
     <w:rsid w:val="00427A31"/>
-    <w:rsid w:val="00434A97"/>
     <w:rsid w:val="00434F1A"/>
     <w:rsid w:val="00436C1E"/>
-    <w:rsid w:val="004420F1"/>
     <w:rsid w:val="00444406"/>
     <w:rsid w:val="00444904"/>
-    <w:rsid w:val="004450B9"/>
-    <w:rsid w:val="004503C7"/>
     <w:rsid w:val="004510A7"/>
-    <w:rsid w:val="004516E5"/>
-    <w:rsid w:val="0045199C"/>
     <w:rsid w:val="00454AF8"/>
+    <w:rsid w:val="00456CD1"/>
     <w:rsid w:val="0046205C"/>
     <w:rsid w:val="00463755"/>
     <w:rsid w:val="00465950"/>
     <w:rsid w:val="00467F66"/>
     <w:rsid w:val="0047331A"/>
+    <w:rsid w:val="004737E0"/>
     <w:rsid w:val="004764A6"/>
     <w:rsid w:val="00476CBA"/>
-    <w:rsid w:val="004816C5"/>
-    <w:rsid w:val="004827A2"/>
     <w:rsid w:val="00483C94"/>
-    <w:rsid w:val="0048468D"/>
     <w:rsid w:val="00484820"/>
     <w:rsid w:val="00485AD3"/>
     <w:rsid w:val="00486DCF"/>
     <w:rsid w:val="004872D7"/>
     <w:rsid w:val="004927CB"/>
     <w:rsid w:val="0049457F"/>
-    <w:rsid w:val="00495656"/>
     <w:rsid w:val="00495830"/>
-    <w:rsid w:val="004958D4"/>
     <w:rsid w:val="00497E18"/>
     <w:rsid w:val="004A00CC"/>
     <w:rsid w:val="004A0BB4"/>
     <w:rsid w:val="004A0BD6"/>
     <w:rsid w:val="004A143A"/>
+    <w:rsid w:val="004A1ECF"/>
     <w:rsid w:val="004A26C3"/>
     <w:rsid w:val="004A4CB0"/>
     <w:rsid w:val="004A61C2"/>
     <w:rsid w:val="004A6853"/>
     <w:rsid w:val="004B3EBE"/>
     <w:rsid w:val="004B459D"/>
-    <w:rsid w:val="004B789E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004C4183"/>
     <w:rsid w:val="004C5BB1"/>
     <w:rsid w:val="004D0208"/>
     <w:rsid w:val="004D052D"/>
-    <w:rsid w:val="004D18C2"/>
     <w:rsid w:val="004D1F3C"/>
     <w:rsid w:val="004D2951"/>
     <w:rsid w:val="004D3ACD"/>
-    <w:rsid w:val="004D7FB1"/>
     <w:rsid w:val="004E11A1"/>
+    <w:rsid w:val="004E1D6B"/>
     <w:rsid w:val="004E2CF6"/>
-    <w:rsid w:val="004F0E87"/>
     <w:rsid w:val="004F2796"/>
-    <w:rsid w:val="00500DB8"/>
     <w:rsid w:val="00502844"/>
-    <w:rsid w:val="0051084A"/>
     <w:rsid w:val="00513538"/>
-    <w:rsid w:val="00514A1C"/>
+    <w:rsid w:val="00515990"/>
+    <w:rsid w:val="00515F96"/>
     <w:rsid w:val="00517BD4"/>
     <w:rsid w:val="00517D1A"/>
+    <w:rsid w:val="0052110E"/>
     <w:rsid w:val="005243E0"/>
     <w:rsid w:val="00531844"/>
     <w:rsid w:val="00532001"/>
-    <w:rsid w:val="00532099"/>
     <w:rsid w:val="005359F7"/>
+    <w:rsid w:val="005361AF"/>
     <w:rsid w:val="00540DDA"/>
-    <w:rsid w:val="00541926"/>
-    <w:rsid w:val="0054652A"/>
     <w:rsid w:val="0055188C"/>
+    <w:rsid w:val="00553122"/>
+    <w:rsid w:val="0055559D"/>
     <w:rsid w:val="00555EE5"/>
     <w:rsid w:val="00556E71"/>
     <w:rsid w:val="0056195B"/>
     <w:rsid w:val="00561D37"/>
     <w:rsid w:val="00562741"/>
-    <w:rsid w:val="00562CC6"/>
     <w:rsid w:val="0056351F"/>
     <w:rsid w:val="00565B74"/>
-    <w:rsid w:val="00567D06"/>
-    <w:rsid w:val="00570378"/>
     <w:rsid w:val="0057050E"/>
     <w:rsid w:val="00570F84"/>
     <w:rsid w:val="00571594"/>
     <w:rsid w:val="00571E88"/>
     <w:rsid w:val="00572D6A"/>
     <w:rsid w:val="005742C2"/>
     <w:rsid w:val="005750F7"/>
     <w:rsid w:val="00575D10"/>
+    <w:rsid w:val="00577552"/>
     <w:rsid w:val="005809DB"/>
     <w:rsid w:val="005819E4"/>
-    <w:rsid w:val="0058207A"/>
-    <w:rsid w:val="005855C0"/>
     <w:rsid w:val="00585CA9"/>
-    <w:rsid w:val="0058645E"/>
+    <w:rsid w:val="00586888"/>
     <w:rsid w:val="00586F82"/>
     <w:rsid w:val="0058727D"/>
     <w:rsid w:val="005918B2"/>
     <w:rsid w:val="00593B5F"/>
     <w:rsid w:val="0059481B"/>
-    <w:rsid w:val="005A0AD4"/>
+    <w:rsid w:val="005A3A5B"/>
     <w:rsid w:val="005A5B9C"/>
     <w:rsid w:val="005A6A44"/>
     <w:rsid w:val="005A7736"/>
     <w:rsid w:val="005B468B"/>
     <w:rsid w:val="005B559F"/>
     <w:rsid w:val="005B636A"/>
-    <w:rsid w:val="005B64B6"/>
     <w:rsid w:val="005B70B9"/>
     <w:rsid w:val="005C02D9"/>
     <w:rsid w:val="005C0EA3"/>
     <w:rsid w:val="005C57EF"/>
-    <w:rsid w:val="005C6A98"/>
     <w:rsid w:val="005D4C77"/>
     <w:rsid w:val="005D5950"/>
+    <w:rsid w:val="005D6AA7"/>
+    <w:rsid w:val="005D6C05"/>
     <w:rsid w:val="005D7AB6"/>
     <w:rsid w:val="005E0F19"/>
-    <w:rsid w:val="005E31EE"/>
     <w:rsid w:val="005F3BE4"/>
     <w:rsid w:val="005F4A53"/>
-    <w:rsid w:val="005F6D7C"/>
     <w:rsid w:val="006039CC"/>
-    <w:rsid w:val="00604416"/>
+    <w:rsid w:val="00611811"/>
     <w:rsid w:val="00611A34"/>
+    <w:rsid w:val="006159B8"/>
     <w:rsid w:val="0061670C"/>
     <w:rsid w:val="00617030"/>
-    <w:rsid w:val="00617748"/>
-    <w:rsid w:val="00617A45"/>
     <w:rsid w:val="00620478"/>
+    <w:rsid w:val="0062112E"/>
+    <w:rsid w:val="00622101"/>
     <w:rsid w:val="00623799"/>
     <w:rsid w:val="00626127"/>
+    <w:rsid w:val="006304FD"/>
     <w:rsid w:val="00630895"/>
     <w:rsid w:val="00630C13"/>
     <w:rsid w:val="00630E27"/>
-    <w:rsid w:val="00631707"/>
     <w:rsid w:val="00633A93"/>
     <w:rsid w:val="00633C58"/>
     <w:rsid w:val="00634CB2"/>
     <w:rsid w:val="00643214"/>
     <w:rsid w:val="00644916"/>
     <w:rsid w:val="0064644D"/>
+    <w:rsid w:val="00646633"/>
     <w:rsid w:val="006521D9"/>
-    <w:rsid w:val="0065475B"/>
+    <w:rsid w:val="00653565"/>
     <w:rsid w:val="00655CDB"/>
+    <w:rsid w:val="006573B1"/>
     <w:rsid w:val="00657457"/>
-    <w:rsid w:val="00661565"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00666BEE"/>
     <w:rsid w:val="00670F43"/>
+    <w:rsid w:val="00672631"/>
     <w:rsid w:val="006738FE"/>
+    <w:rsid w:val="00674CD7"/>
     <w:rsid w:val="00674D0C"/>
     <w:rsid w:val="0068046F"/>
     <w:rsid w:val="006805EC"/>
-    <w:rsid w:val="00680ED8"/>
     <w:rsid w:val="00683737"/>
-    <w:rsid w:val="006905BF"/>
+    <w:rsid w:val="00683EAF"/>
+    <w:rsid w:val="006841D2"/>
+    <w:rsid w:val="0068705D"/>
+    <w:rsid w:val="00691A31"/>
     <w:rsid w:val="00695560"/>
     <w:rsid w:val="00695688"/>
-    <w:rsid w:val="006958A4"/>
     <w:rsid w:val="00697FE9"/>
     <w:rsid w:val="006A1008"/>
-    <w:rsid w:val="006A2DFB"/>
+    <w:rsid w:val="006A106C"/>
+    <w:rsid w:val="006B1029"/>
     <w:rsid w:val="006B51B5"/>
-    <w:rsid w:val="006B56CB"/>
     <w:rsid w:val="006B6789"/>
     <w:rsid w:val="006B6B3B"/>
     <w:rsid w:val="006C2485"/>
     <w:rsid w:val="006C26C4"/>
-    <w:rsid w:val="006C472A"/>
     <w:rsid w:val="006C62E2"/>
+    <w:rsid w:val="006D0697"/>
     <w:rsid w:val="006D09FE"/>
     <w:rsid w:val="006D369C"/>
-    <w:rsid w:val="006D3C6F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006E09DD"/>
+    <w:rsid w:val="006D7422"/>
     <w:rsid w:val="006E37F8"/>
     <w:rsid w:val="006E68BA"/>
-    <w:rsid w:val="006F0081"/>
     <w:rsid w:val="006F0130"/>
-    <w:rsid w:val="006F1AB4"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006F6951"/>
+    <w:rsid w:val="006F1EB4"/>
+    <w:rsid w:val="006F510F"/>
     <w:rsid w:val="006F7C68"/>
     <w:rsid w:val="00700942"/>
     <w:rsid w:val="00700A9F"/>
     <w:rsid w:val="00701B40"/>
     <w:rsid w:val="00701DAA"/>
     <w:rsid w:val="00702C4F"/>
+    <w:rsid w:val="0070604B"/>
     <w:rsid w:val="00706E16"/>
     <w:rsid w:val="00711E73"/>
-    <w:rsid w:val="00712035"/>
     <w:rsid w:val="007133E5"/>
     <w:rsid w:val="007141FC"/>
     <w:rsid w:val="00714658"/>
     <w:rsid w:val="007166CA"/>
     <w:rsid w:val="007170B6"/>
+    <w:rsid w:val="00727DAD"/>
     <w:rsid w:val="007303F8"/>
     <w:rsid w:val="00731933"/>
     <w:rsid w:val="0073516A"/>
-    <w:rsid w:val="0073523E"/>
-    <w:rsid w:val="007414C7"/>
     <w:rsid w:val="00743B0A"/>
-    <w:rsid w:val="00744ED3"/>
     <w:rsid w:val="00746471"/>
     <w:rsid w:val="00747D9A"/>
-    <w:rsid w:val="007505CA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00751BC0"/>
     <w:rsid w:val="00752068"/>
-    <w:rsid w:val="007572E2"/>
     <w:rsid w:val="00760D71"/>
     <w:rsid w:val="0076103B"/>
-    <w:rsid w:val="00767B03"/>
-    <w:rsid w:val="007747AC"/>
     <w:rsid w:val="007759A6"/>
     <w:rsid w:val="007775FE"/>
-    <w:rsid w:val="007860DB"/>
     <w:rsid w:val="007872C8"/>
-    <w:rsid w:val="0079084D"/>
+    <w:rsid w:val="007876E6"/>
+    <w:rsid w:val="00790D31"/>
+    <w:rsid w:val="00791BE6"/>
     <w:rsid w:val="00793242"/>
     <w:rsid w:val="007938C3"/>
     <w:rsid w:val="007949FB"/>
+    <w:rsid w:val="007A2E4E"/>
     <w:rsid w:val="007A44DF"/>
-    <w:rsid w:val="007A4616"/>
     <w:rsid w:val="007A48CD"/>
     <w:rsid w:val="007A4C8F"/>
     <w:rsid w:val="007A66C1"/>
     <w:rsid w:val="007B18D2"/>
     <w:rsid w:val="007B1E31"/>
-    <w:rsid w:val="007B5134"/>
     <w:rsid w:val="007C04D9"/>
+    <w:rsid w:val="007C72B8"/>
+    <w:rsid w:val="007C73D3"/>
+    <w:rsid w:val="007D0879"/>
     <w:rsid w:val="007D36C0"/>
-    <w:rsid w:val="007D5F89"/>
-    <w:rsid w:val="007E4CF6"/>
+    <w:rsid w:val="007E1C36"/>
     <w:rsid w:val="007E6FBA"/>
     <w:rsid w:val="007E7155"/>
     <w:rsid w:val="007F1172"/>
-    <w:rsid w:val="007F1642"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007F5D78"/>
+    <w:rsid w:val="007F5B2A"/>
     <w:rsid w:val="007F7CE1"/>
-    <w:rsid w:val="00801D31"/>
     <w:rsid w:val="00801FE7"/>
     <w:rsid w:val="00802129"/>
     <w:rsid w:val="00805742"/>
     <w:rsid w:val="00806028"/>
     <w:rsid w:val="00807DFE"/>
     <w:rsid w:val="0081027E"/>
     <w:rsid w:val="008120F8"/>
-    <w:rsid w:val="00812DB9"/>
+    <w:rsid w:val="00812D10"/>
+    <w:rsid w:val="00814B2F"/>
     <w:rsid w:val="00814DA5"/>
     <w:rsid w:val="00822229"/>
     <w:rsid w:val="00822BE4"/>
     <w:rsid w:val="00823B27"/>
-    <w:rsid w:val="00825AE6"/>
     <w:rsid w:val="00826784"/>
     <w:rsid w:val="00827492"/>
     <w:rsid w:val="00827C60"/>
     <w:rsid w:val="008313E8"/>
-    <w:rsid w:val="00831B13"/>
+    <w:rsid w:val="008319AB"/>
+    <w:rsid w:val="00832BCB"/>
+    <w:rsid w:val="008361B8"/>
+    <w:rsid w:val="00837597"/>
     <w:rsid w:val="0083797F"/>
     <w:rsid w:val="00840BB8"/>
-    <w:rsid w:val="00843708"/>
-    <w:rsid w:val="00844B72"/>
     <w:rsid w:val="008451A9"/>
     <w:rsid w:val="008455C1"/>
     <w:rsid w:val="00850CCE"/>
     <w:rsid w:val="0085213C"/>
     <w:rsid w:val="0085624A"/>
-    <w:rsid w:val="00856652"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00860581"/>
+    <w:rsid w:val="00857E43"/>
     <w:rsid w:val="0086272F"/>
     <w:rsid w:val="0086356A"/>
+    <w:rsid w:val="008670AC"/>
+    <w:rsid w:val="008702C6"/>
     <w:rsid w:val="008709CE"/>
-    <w:rsid w:val="00874B07"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0087726B"/>
+    <w:rsid w:val="00874247"/>
     <w:rsid w:val="00877CE1"/>
     <w:rsid w:val="0088063A"/>
     <w:rsid w:val="0088078F"/>
     <w:rsid w:val="00883F21"/>
     <w:rsid w:val="008948A1"/>
     <w:rsid w:val="00896DF8"/>
-    <w:rsid w:val="008A0D77"/>
-[...2 lines deleted...]
-    <w:rsid w:val="008A4906"/>
     <w:rsid w:val="008B0D69"/>
     <w:rsid w:val="008B1D20"/>
-    <w:rsid w:val="008B310F"/>
     <w:rsid w:val="008B6BB0"/>
     <w:rsid w:val="008B793C"/>
     <w:rsid w:val="008B7C02"/>
-    <w:rsid w:val="008B7F39"/>
-[...1 lines deleted...]
-    <w:rsid w:val="008C387E"/>
+    <w:rsid w:val="008B7DBE"/>
     <w:rsid w:val="008C62A4"/>
-    <w:rsid w:val="008C6425"/>
     <w:rsid w:val="008C6A01"/>
     <w:rsid w:val="008D2845"/>
     <w:rsid w:val="008D3404"/>
-    <w:rsid w:val="008D57F4"/>
     <w:rsid w:val="008D5E03"/>
     <w:rsid w:val="008E0F9E"/>
     <w:rsid w:val="008E1048"/>
-    <w:rsid w:val="008E531A"/>
     <w:rsid w:val="008E6963"/>
     <w:rsid w:val="008E6F84"/>
     <w:rsid w:val="008F009F"/>
     <w:rsid w:val="008F0775"/>
-    <w:rsid w:val="008F2543"/>
     <w:rsid w:val="008F3403"/>
     <w:rsid w:val="008F6427"/>
+    <w:rsid w:val="008F7AF7"/>
     <w:rsid w:val="00902305"/>
     <w:rsid w:val="009024C9"/>
+    <w:rsid w:val="00903C0D"/>
+    <w:rsid w:val="00904929"/>
     <w:rsid w:val="00904DA5"/>
-    <w:rsid w:val="00907FD9"/>
     <w:rsid w:val="00910851"/>
     <w:rsid w:val="00912FD6"/>
-    <w:rsid w:val="00913163"/>
     <w:rsid w:val="009177BB"/>
     <w:rsid w:val="00925E20"/>
-    <w:rsid w:val="00926984"/>
     <w:rsid w:val="00927C8F"/>
-    <w:rsid w:val="0093011A"/>
     <w:rsid w:val="00930553"/>
     <w:rsid w:val="00933BDE"/>
     <w:rsid w:val="00936C79"/>
+    <w:rsid w:val="009404A1"/>
+    <w:rsid w:val="0094102A"/>
     <w:rsid w:val="00941853"/>
-    <w:rsid w:val="00944916"/>
+    <w:rsid w:val="00942727"/>
     <w:rsid w:val="00947F65"/>
+    <w:rsid w:val="00953EF9"/>
     <w:rsid w:val="009545FF"/>
-    <w:rsid w:val="00957789"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00961C08"/>
     <w:rsid w:val="00961D24"/>
     <w:rsid w:val="00962410"/>
     <w:rsid w:val="00962BB9"/>
     <w:rsid w:val="00962F47"/>
     <w:rsid w:val="00964142"/>
     <w:rsid w:val="00965348"/>
+    <w:rsid w:val="00966EDD"/>
     <w:rsid w:val="00971BE7"/>
     <w:rsid w:val="00971EFA"/>
-    <w:rsid w:val="009812C8"/>
     <w:rsid w:val="00982756"/>
     <w:rsid w:val="0098281E"/>
     <w:rsid w:val="00983FB4"/>
-    <w:rsid w:val="00985A2D"/>
-    <w:rsid w:val="009869D2"/>
+    <w:rsid w:val="00986E0D"/>
     <w:rsid w:val="00987334"/>
-    <w:rsid w:val="00990315"/>
     <w:rsid w:val="009926A1"/>
     <w:rsid w:val="00992D3B"/>
     <w:rsid w:val="009958D8"/>
+    <w:rsid w:val="009A1A1E"/>
     <w:rsid w:val="009A2E7B"/>
-    <w:rsid w:val="009A49F6"/>
-[...4 lines deleted...]
-    <w:rsid w:val="009D2BDD"/>
+    <w:rsid w:val="009C0B73"/>
     <w:rsid w:val="009D5178"/>
     <w:rsid w:val="009D5E19"/>
     <w:rsid w:val="009D744D"/>
-    <w:rsid w:val="009E0909"/>
     <w:rsid w:val="009E375F"/>
+    <w:rsid w:val="009E408E"/>
     <w:rsid w:val="009E57CB"/>
     <w:rsid w:val="009F139C"/>
-    <w:rsid w:val="009F22D2"/>
     <w:rsid w:val="009F248B"/>
     <w:rsid w:val="009F4645"/>
-    <w:rsid w:val="009F4CAC"/>
-    <w:rsid w:val="00A00CCC"/>
     <w:rsid w:val="00A017A8"/>
     <w:rsid w:val="00A02F5D"/>
     <w:rsid w:val="00A047BC"/>
     <w:rsid w:val="00A112DE"/>
-    <w:rsid w:val="00A119FD"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A1538B"/>
     <w:rsid w:val="00A168BA"/>
     <w:rsid w:val="00A21890"/>
-    <w:rsid w:val="00A22217"/>
+    <w:rsid w:val="00A2214A"/>
+    <w:rsid w:val="00A23E0C"/>
     <w:rsid w:val="00A2670D"/>
     <w:rsid w:val="00A27C0F"/>
     <w:rsid w:val="00A31907"/>
     <w:rsid w:val="00A33FEA"/>
     <w:rsid w:val="00A34A56"/>
     <w:rsid w:val="00A36492"/>
     <w:rsid w:val="00A368B4"/>
-    <w:rsid w:val="00A371E0"/>
+    <w:rsid w:val="00A37D3C"/>
     <w:rsid w:val="00A42012"/>
     <w:rsid w:val="00A43453"/>
     <w:rsid w:val="00A43523"/>
     <w:rsid w:val="00A45C5E"/>
     <w:rsid w:val="00A557A2"/>
     <w:rsid w:val="00A56A88"/>
+    <w:rsid w:val="00A56FD3"/>
     <w:rsid w:val="00A5703A"/>
-    <w:rsid w:val="00A57616"/>
-    <w:rsid w:val="00A57C3A"/>
     <w:rsid w:val="00A601F4"/>
-    <w:rsid w:val="00A61BFB"/>
     <w:rsid w:val="00A64E40"/>
     <w:rsid w:val="00A654CC"/>
     <w:rsid w:val="00A67251"/>
+    <w:rsid w:val="00A67947"/>
+    <w:rsid w:val="00A717A9"/>
     <w:rsid w:val="00A73027"/>
     <w:rsid w:val="00A7543D"/>
     <w:rsid w:val="00A77882"/>
-    <w:rsid w:val="00A8052B"/>
+    <w:rsid w:val="00A801EE"/>
     <w:rsid w:val="00A81DC1"/>
     <w:rsid w:val="00A82586"/>
-    <w:rsid w:val="00A8445B"/>
+    <w:rsid w:val="00A84245"/>
     <w:rsid w:val="00A84D63"/>
-    <w:rsid w:val="00A856EF"/>
     <w:rsid w:val="00A85BBB"/>
     <w:rsid w:val="00A90CC4"/>
     <w:rsid w:val="00A92E55"/>
     <w:rsid w:val="00A9630C"/>
     <w:rsid w:val="00A96C02"/>
     <w:rsid w:val="00AA268B"/>
     <w:rsid w:val="00AA3B16"/>
     <w:rsid w:val="00AA449D"/>
     <w:rsid w:val="00AA6CB4"/>
-    <w:rsid w:val="00AB19D7"/>
+    <w:rsid w:val="00AA76ED"/>
     <w:rsid w:val="00AB271B"/>
     <w:rsid w:val="00AB2A46"/>
     <w:rsid w:val="00AB2C23"/>
     <w:rsid w:val="00AB2C7F"/>
-    <w:rsid w:val="00AB4A36"/>
     <w:rsid w:val="00AB52F5"/>
     <w:rsid w:val="00AB61FB"/>
-    <w:rsid w:val="00AC07A6"/>
     <w:rsid w:val="00AC406B"/>
-    <w:rsid w:val="00AC6479"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AD0AF5"/>
+    <w:rsid w:val="00AC4416"/>
+    <w:rsid w:val="00AD109C"/>
+    <w:rsid w:val="00AD3651"/>
     <w:rsid w:val="00AD6D70"/>
-    <w:rsid w:val="00AD7122"/>
+    <w:rsid w:val="00AE1E1F"/>
     <w:rsid w:val="00AE42B7"/>
     <w:rsid w:val="00AE46F9"/>
     <w:rsid w:val="00AE5450"/>
     <w:rsid w:val="00AE7910"/>
     <w:rsid w:val="00AE7E4A"/>
     <w:rsid w:val="00AF128E"/>
     <w:rsid w:val="00AF5551"/>
     <w:rsid w:val="00B04617"/>
     <w:rsid w:val="00B0608A"/>
+    <w:rsid w:val="00B0616E"/>
     <w:rsid w:val="00B117A1"/>
     <w:rsid w:val="00B128D4"/>
     <w:rsid w:val="00B144F8"/>
     <w:rsid w:val="00B16612"/>
     <w:rsid w:val="00B20236"/>
     <w:rsid w:val="00B20DF1"/>
     <w:rsid w:val="00B22F8A"/>
     <w:rsid w:val="00B247A9"/>
+    <w:rsid w:val="00B262DD"/>
     <w:rsid w:val="00B3672E"/>
     <w:rsid w:val="00B374E2"/>
     <w:rsid w:val="00B374F0"/>
-    <w:rsid w:val="00B41963"/>
-    <w:rsid w:val="00B41E4E"/>
     <w:rsid w:val="00B47A6F"/>
-    <w:rsid w:val="00B517D3"/>
+    <w:rsid w:val="00B51EB5"/>
     <w:rsid w:val="00B52C2F"/>
     <w:rsid w:val="00B5554A"/>
+    <w:rsid w:val="00B56502"/>
     <w:rsid w:val="00B60BB0"/>
     <w:rsid w:val="00B66DB8"/>
-    <w:rsid w:val="00B76BA5"/>
-    <w:rsid w:val="00B77323"/>
     <w:rsid w:val="00B83BBA"/>
     <w:rsid w:val="00B857B0"/>
-    <w:rsid w:val="00B8755D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B95DF9"/>
+    <w:rsid w:val="00B970DE"/>
     <w:rsid w:val="00B97422"/>
     <w:rsid w:val="00BA0C2E"/>
     <w:rsid w:val="00BA26CA"/>
     <w:rsid w:val="00BA66A7"/>
     <w:rsid w:val="00BA7264"/>
+    <w:rsid w:val="00BA7FDE"/>
+    <w:rsid w:val="00BB06EE"/>
     <w:rsid w:val="00BB1548"/>
-    <w:rsid w:val="00BB34E9"/>
     <w:rsid w:val="00BC1F00"/>
     <w:rsid w:val="00BC5F44"/>
     <w:rsid w:val="00BC614D"/>
     <w:rsid w:val="00BC62CB"/>
     <w:rsid w:val="00BC72E0"/>
     <w:rsid w:val="00BC7941"/>
     <w:rsid w:val="00BD0491"/>
-    <w:rsid w:val="00BD1693"/>
     <w:rsid w:val="00BD2602"/>
     <w:rsid w:val="00BD4678"/>
     <w:rsid w:val="00BD4EC8"/>
-    <w:rsid w:val="00BD6698"/>
     <w:rsid w:val="00BE0FEA"/>
+    <w:rsid w:val="00BE416E"/>
     <w:rsid w:val="00BE6EC0"/>
-    <w:rsid w:val="00BF25D8"/>
+    <w:rsid w:val="00BF0646"/>
     <w:rsid w:val="00BF48F0"/>
     <w:rsid w:val="00BF7751"/>
-    <w:rsid w:val="00C000D8"/>
-    <w:rsid w:val="00C00685"/>
     <w:rsid w:val="00C028BA"/>
-    <w:rsid w:val="00C04B01"/>
-    <w:rsid w:val="00C07649"/>
     <w:rsid w:val="00C07BD8"/>
     <w:rsid w:val="00C13188"/>
     <w:rsid w:val="00C14BDC"/>
-    <w:rsid w:val="00C15F42"/>
-    <w:rsid w:val="00C24FA4"/>
     <w:rsid w:val="00C267BF"/>
     <w:rsid w:val="00C27789"/>
     <w:rsid w:val="00C27807"/>
-    <w:rsid w:val="00C3436E"/>
-    <w:rsid w:val="00C37FCE"/>
+    <w:rsid w:val="00C31E12"/>
+    <w:rsid w:val="00C36CA5"/>
     <w:rsid w:val="00C40859"/>
     <w:rsid w:val="00C434FE"/>
     <w:rsid w:val="00C46E0D"/>
     <w:rsid w:val="00C46F02"/>
     <w:rsid w:val="00C50D9C"/>
     <w:rsid w:val="00C53ACD"/>
-    <w:rsid w:val="00C55E3B"/>
+    <w:rsid w:val="00C61715"/>
     <w:rsid w:val="00C62244"/>
+    <w:rsid w:val="00C6265F"/>
     <w:rsid w:val="00C630E8"/>
+    <w:rsid w:val="00C6367A"/>
+    <w:rsid w:val="00C643AD"/>
     <w:rsid w:val="00C645FF"/>
     <w:rsid w:val="00C7033F"/>
     <w:rsid w:val="00C71DCC"/>
     <w:rsid w:val="00C7341D"/>
     <w:rsid w:val="00C7511F"/>
+    <w:rsid w:val="00C80530"/>
     <w:rsid w:val="00C8070B"/>
     <w:rsid w:val="00C834EE"/>
+    <w:rsid w:val="00C8593C"/>
     <w:rsid w:val="00C86731"/>
     <w:rsid w:val="00C87428"/>
     <w:rsid w:val="00C906FE"/>
     <w:rsid w:val="00C92BEC"/>
     <w:rsid w:val="00C934AD"/>
-    <w:rsid w:val="00C962CC"/>
+    <w:rsid w:val="00CA198F"/>
     <w:rsid w:val="00CA2CEF"/>
+    <w:rsid w:val="00CA3C72"/>
     <w:rsid w:val="00CA41F3"/>
-    <w:rsid w:val="00CA785B"/>
-    <w:rsid w:val="00CB0F8C"/>
+    <w:rsid w:val="00CA61E6"/>
+    <w:rsid w:val="00CB1F69"/>
     <w:rsid w:val="00CB3F83"/>
     <w:rsid w:val="00CB4C4F"/>
     <w:rsid w:val="00CC080C"/>
     <w:rsid w:val="00CC0A5F"/>
+    <w:rsid w:val="00CC24EC"/>
     <w:rsid w:val="00CC3D49"/>
     <w:rsid w:val="00CC6D78"/>
     <w:rsid w:val="00CD3497"/>
+    <w:rsid w:val="00CE0793"/>
     <w:rsid w:val="00CE09E5"/>
     <w:rsid w:val="00CE355C"/>
     <w:rsid w:val="00CE3E06"/>
-    <w:rsid w:val="00CE4DC6"/>
     <w:rsid w:val="00CE6FCD"/>
+    <w:rsid w:val="00CF5958"/>
     <w:rsid w:val="00CF5E51"/>
     <w:rsid w:val="00CF784F"/>
     <w:rsid w:val="00D00295"/>
     <w:rsid w:val="00D02091"/>
-    <w:rsid w:val="00D05F43"/>
+    <w:rsid w:val="00D024B4"/>
     <w:rsid w:val="00D06BFD"/>
     <w:rsid w:val="00D07A1A"/>
+    <w:rsid w:val="00D13DA5"/>
     <w:rsid w:val="00D178A6"/>
-    <w:rsid w:val="00D2481F"/>
+    <w:rsid w:val="00D223A4"/>
+    <w:rsid w:val="00D26888"/>
     <w:rsid w:val="00D3094C"/>
-    <w:rsid w:val="00D30C3A"/>
     <w:rsid w:val="00D30FDC"/>
     <w:rsid w:val="00D32E81"/>
     <w:rsid w:val="00D33BCF"/>
     <w:rsid w:val="00D34B54"/>
     <w:rsid w:val="00D36880"/>
     <w:rsid w:val="00D36E0E"/>
     <w:rsid w:val="00D3784F"/>
     <w:rsid w:val="00D439CA"/>
     <w:rsid w:val="00D451D5"/>
     <w:rsid w:val="00D46090"/>
-    <w:rsid w:val="00D5079B"/>
-    <w:rsid w:val="00D5413C"/>
+    <w:rsid w:val="00D55EE5"/>
     <w:rsid w:val="00D60ADB"/>
-    <w:rsid w:val="00D71210"/>
     <w:rsid w:val="00D7198A"/>
     <w:rsid w:val="00D745FC"/>
     <w:rsid w:val="00D77888"/>
     <w:rsid w:val="00D8351F"/>
-    <w:rsid w:val="00D923E8"/>
     <w:rsid w:val="00D94BF8"/>
-    <w:rsid w:val="00D95A74"/>
     <w:rsid w:val="00D97274"/>
-    <w:rsid w:val="00D97415"/>
     <w:rsid w:val="00DA17DE"/>
     <w:rsid w:val="00DA3A46"/>
-    <w:rsid w:val="00DA5155"/>
     <w:rsid w:val="00DB3866"/>
     <w:rsid w:val="00DB54EF"/>
-    <w:rsid w:val="00DB61B1"/>
     <w:rsid w:val="00DB678B"/>
+    <w:rsid w:val="00DB6CF5"/>
     <w:rsid w:val="00DC06ED"/>
-    <w:rsid w:val="00DC1883"/>
-    <w:rsid w:val="00DC44DD"/>
     <w:rsid w:val="00DD00A9"/>
     <w:rsid w:val="00DD3091"/>
     <w:rsid w:val="00DD3C36"/>
     <w:rsid w:val="00DD71B7"/>
-    <w:rsid w:val="00DE57D6"/>
     <w:rsid w:val="00DE57DA"/>
-    <w:rsid w:val="00DE5B37"/>
-    <w:rsid w:val="00DE67DA"/>
     <w:rsid w:val="00DE6D09"/>
     <w:rsid w:val="00DF2BF4"/>
     <w:rsid w:val="00DF4F91"/>
     <w:rsid w:val="00E00EE3"/>
-    <w:rsid w:val="00E0211C"/>
     <w:rsid w:val="00E11982"/>
     <w:rsid w:val="00E14D7C"/>
     <w:rsid w:val="00E16531"/>
     <w:rsid w:val="00E17210"/>
     <w:rsid w:val="00E21B07"/>
     <w:rsid w:val="00E23049"/>
-    <w:rsid w:val="00E24CF3"/>
     <w:rsid w:val="00E302AE"/>
     <w:rsid w:val="00E328BC"/>
-    <w:rsid w:val="00E33575"/>
     <w:rsid w:val="00E33C03"/>
     <w:rsid w:val="00E35134"/>
     <w:rsid w:val="00E41126"/>
-    <w:rsid w:val="00E42264"/>
+    <w:rsid w:val="00E41E41"/>
+    <w:rsid w:val="00E42307"/>
     <w:rsid w:val="00E44051"/>
     <w:rsid w:val="00E46665"/>
     <w:rsid w:val="00E47F45"/>
     <w:rsid w:val="00E53080"/>
     <w:rsid w:val="00E53215"/>
-    <w:rsid w:val="00E543BC"/>
     <w:rsid w:val="00E56A6D"/>
+    <w:rsid w:val="00E60B05"/>
+    <w:rsid w:val="00E618EB"/>
     <w:rsid w:val="00E62CDF"/>
     <w:rsid w:val="00E636CD"/>
     <w:rsid w:val="00E647EE"/>
     <w:rsid w:val="00E705D5"/>
     <w:rsid w:val="00E7214A"/>
     <w:rsid w:val="00E80BF5"/>
     <w:rsid w:val="00E82384"/>
+    <w:rsid w:val="00E85CDA"/>
     <w:rsid w:val="00E86CAA"/>
     <w:rsid w:val="00E92788"/>
     <w:rsid w:val="00E92AF8"/>
     <w:rsid w:val="00E9346A"/>
+    <w:rsid w:val="00E935A8"/>
     <w:rsid w:val="00E940B0"/>
+    <w:rsid w:val="00E948B0"/>
     <w:rsid w:val="00E94A38"/>
     <w:rsid w:val="00E9691C"/>
     <w:rsid w:val="00EA0744"/>
-    <w:rsid w:val="00EA1FDB"/>
     <w:rsid w:val="00EA3271"/>
     <w:rsid w:val="00EA5DDE"/>
     <w:rsid w:val="00EA6AF3"/>
-    <w:rsid w:val="00EA6D39"/>
     <w:rsid w:val="00EA71F9"/>
     <w:rsid w:val="00EB03E4"/>
     <w:rsid w:val="00EB586D"/>
     <w:rsid w:val="00EB669C"/>
-    <w:rsid w:val="00EC0312"/>
-    <w:rsid w:val="00EC1358"/>
+    <w:rsid w:val="00EC029D"/>
     <w:rsid w:val="00EC531B"/>
-    <w:rsid w:val="00EC6C9C"/>
     <w:rsid w:val="00ED1CB9"/>
-    <w:rsid w:val="00ED4916"/>
+    <w:rsid w:val="00ED2BDE"/>
+    <w:rsid w:val="00ED3BD6"/>
+    <w:rsid w:val="00ED6518"/>
+    <w:rsid w:val="00ED73F7"/>
     <w:rsid w:val="00EE15CF"/>
     <w:rsid w:val="00EE17B0"/>
-    <w:rsid w:val="00EE1CE0"/>
     <w:rsid w:val="00EE237F"/>
     <w:rsid w:val="00EE25E8"/>
     <w:rsid w:val="00EE2A03"/>
-    <w:rsid w:val="00EE2D4A"/>
     <w:rsid w:val="00EE48AA"/>
+    <w:rsid w:val="00EF05C2"/>
     <w:rsid w:val="00EF2DE9"/>
     <w:rsid w:val="00EF33AA"/>
     <w:rsid w:val="00EF3B91"/>
     <w:rsid w:val="00EF687B"/>
     <w:rsid w:val="00EF7106"/>
     <w:rsid w:val="00EF710A"/>
-    <w:rsid w:val="00F001B0"/>
     <w:rsid w:val="00F03E35"/>
     <w:rsid w:val="00F0608A"/>
     <w:rsid w:val="00F167CF"/>
     <w:rsid w:val="00F20238"/>
     <w:rsid w:val="00F2543B"/>
-    <w:rsid w:val="00F26F81"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00F34456"/>
+    <w:rsid w:val="00F337AF"/>
     <w:rsid w:val="00F346E3"/>
     <w:rsid w:val="00F34D4B"/>
     <w:rsid w:val="00F34EEE"/>
-    <w:rsid w:val="00F37720"/>
     <w:rsid w:val="00F40111"/>
     <w:rsid w:val="00F4085D"/>
     <w:rsid w:val="00F40BEC"/>
+    <w:rsid w:val="00F41952"/>
     <w:rsid w:val="00F44666"/>
     <w:rsid w:val="00F520BA"/>
     <w:rsid w:val="00F56AF6"/>
     <w:rsid w:val="00F6302F"/>
     <w:rsid w:val="00F64E96"/>
     <w:rsid w:val="00F660F8"/>
     <w:rsid w:val="00F669E2"/>
     <w:rsid w:val="00F720FC"/>
     <w:rsid w:val="00F7414A"/>
     <w:rsid w:val="00F746AE"/>
     <w:rsid w:val="00F76651"/>
     <w:rsid w:val="00F80A01"/>
+    <w:rsid w:val="00F81A85"/>
     <w:rsid w:val="00F83CAB"/>
     <w:rsid w:val="00F83D1A"/>
     <w:rsid w:val="00F84738"/>
-    <w:rsid w:val="00F85010"/>
     <w:rsid w:val="00F8602D"/>
     <w:rsid w:val="00F94145"/>
     <w:rsid w:val="00F94E40"/>
-    <w:rsid w:val="00F9569C"/>
-    <w:rsid w:val="00F9644B"/>
     <w:rsid w:val="00F979DB"/>
     <w:rsid w:val="00FA2EB2"/>
-    <w:rsid w:val="00FA447E"/>
     <w:rsid w:val="00FA5C8D"/>
-    <w:rsid w:val="00FA67FC"/>
-    <w:rsid w:val="00FB5877"/>
     <w:rsid w:val="00FC1097"/>
-    <w:rsid w:val="00FC11D5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FC3294"/>
     <w:rsid w:val="00FC4E61"/>
     <w:rsid w:val="00FC6366"/>
     <w:rsid w:val="00FD31BA"/>
+    <w:rsid w:val="00FD467D"/>
     <w:rsid w:val="00FD5125"/>
     <w:rsid w:val="00FD5ACA"/>
+    <w:rsid w:val="00FE1B85"/>
     <w:rsid w:val="00FE2952"/>
     <w:rsid w:val="00FE3519"/>
     <w:rsid w:val="00FE5368"/>
     <w:rsid w:val="00FF5C1F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="070E4263"/>
   <w15:docId w15:val="{345B8BAC-01EF-4F03-82E9-8F934FB04C0C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10136,180 +10101,180 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="007775FE"/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Lentelstinklelis">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="prastojilentel"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="007775FE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Antrats">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:link w:val="AntratsDiagrama"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0035482A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AntratsDiagrama">
+    <w:name w:val="Antraštės Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrats"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0035482A"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Porat">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:link w:val="PoratDiagrama"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0035482A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...2 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PoratDiagrama">
+    <w:name w:val="Poraštė Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Porat"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0035482A"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Debesliotekstas">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:link w:val="DebesliotekstasDiagrama"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00731933"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DebesliotekstasDiagrama">
+    <w:name w:val="Debesėlio tekstas Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Debesliotekstas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00731933"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="20056426">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="129178216">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -10449,63 +10414,50 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1001084494">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1018047292">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="1022784578">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1167939617">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -10565,77 +10517,50 @@
     <w:div w:id="1310090370">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1468668404">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-    </w:div>
-[...25 lines deleted...]
-      </w:divsChild>
     </w:div>
     <w:div w:id="1626079247">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1637220554">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -10736,63 +10661,50 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2056732872">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2062751410">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="2072075990">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2115975390">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -10809,51 +10721,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2144156871">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11095,72 +11007,88 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5A0BBC9-D4D9-4CCD-A968-D480B9DD968F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>7016</Characters>
+  <Pages>3</Pages>
+  <Words>5661</Words>
+  <Characters>3228</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>58</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>26</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8230</CharactersWithSpaces>
+  <CharactersWithSpaces>8872</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Asus</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>